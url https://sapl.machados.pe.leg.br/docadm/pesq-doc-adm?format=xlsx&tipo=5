--- v0 (2025-12-07)
+++ v1 (2026-03-30)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1020" uniqueCount="370">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1440" uniqueCount="513">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
@@ -1135,50 +1135,504 @@
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Nomear, Severino Eraldo da Silva.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>Designar o Servidor JANAILSON LUIZ DE LIMA SILVA,  ocupante do cargo de Agente Administrativo, vinculo efetivo, a responder _x000D_
 interinamente pela TESOURARIA</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>Nomear, José Jefferson da Silva Gomes</t>
+  </si>
+  <si>
+    <t>403</t>
+  </si>
+  <si>
+    <t>esignar Agente de Contratação, Pregoeiro e Equipe de Apoio para conduzir os atos das Licitações e Contratações do Poder Legislativo Municipal Machados/PE, derivadas da Lei Federal n°. 14.133 de 1° de abril de 2021.</t>
+  </si>
+  <si>
+    <t>404</t>
+  </si>
+  <si>
+    <t>Designar Fiscal de Contratos da Câmara Municipal de Machados</t>
+  </si>
+  <si>
+    <t>405</t>
+  </si>
+  <si>
+    <t>Nomear, Genoveva Gomes da Silva</t>
+  </si>
+  <si>
+    <t>406</t>
+  </si>
+  <si>
+    <t>Nomear, Fábio Vinícius Borba Ferreira</t>
+  </si>
+  <si>
+    <t>407</t>
+  </si>
+  <si>
+    <t>NOMEAR, as pessoas qualificadas, no cargo de Assessor(a) Parlamentar, para desenvolver suas atividades laborais em Gabinete</t>
+  </si>
+  <si>
+    <t>408</t>
+  </si>
+  <si>
+    <t>Dispensar  "Gerenciador Master" e Designar novo "Gerenciador Master"</t>
+  </si>
+  <si>
+    <t>409</t>
+  </si>
+  <si>
+    <t>Dispensar  "Gerenciador de Sistema e desiganr novo  "Gerenciador de Sistema"</t>
+  </si>
+  <si>
+    <t>410</t>
+  </si>
+  <si>
+    <t>Dispensar "Gerenciador Master" e designar novo "Gerenciador Master"</t>
+  </si>
+  <si>
+    <t>411</t>
+  </si>
+  <si>
+    <t>412</t>
+  </si>
+  <si>
+    <t>413</t>
+  </si>
+  <si>
+    <t>414</t>
+  </si>
+  <si>
+    <t>Conceder gratificação</t>
+  </si>
+  <si>
+    <t>415</t>
+  </si>
+  <si>
+    <t>416</t>
+  </si>
+  <si>
+    <t>Designar Gestor de Contratos</t>
+  </si>
+  <si>
+    <t>417</t>
+  </si>
+  <si>
+    <t>EXONERAR</t>
+  </si>
+  <si>
+    <t>419</t>
+  </si>
+  <si>
+    <t>Exonerar a pedido, Severino Hraldo</t>
+  </si>
+  <si>
+    <t>420</t>
+  </si>
+  <si>
+    <t>Nomear, Joselma</t>
+  </si>
+  <si>
+    <t>421</t>
+  </si>
+  <si>
+    <t>Nomear, S6nia Maria</t>
+  </si>
+  <si>
+    <t>422</t>
+  </si>
+  <si>
+    <t>Nomear,  Ivan  Antonio</t>
+  </si>
+  <si>
+    <t>423</t>
+  </si>
+  <si>
+    <t>Nomear, Maciel Domingo</t>
+  </si>
+  <si>
+    <t>424</t>
+  </si>
+  <si>
+    <t>Nomear, Jose Salvino</t>
+  </si>
+  <si>
+    <t>425</t>
+  </si>
+  <si>
+    <t>Nomear, Maria Clara</t>
+  </si>
+  <si>
+    <t>426</t>
+  </si>
+  <si>
+    <t>Descontinuar o Servidor JANAILSON LUIZ</t>
+  </si>
+  <si>
+    <t>427</t>
+  </si>
+  <si>
+    <t>Nomear,    Mario    de    Albuquerque    Xavier</t>
+  </si>
+  <si>
+    <t>428</t>
+  </si>
+  <si>
+    <t>NOMEAR, as pessoas qualificadas, no cargo de Assessor(a) Parlament</t>
+  </si>
+  <si>
+    <t>429</t>
+  </si>
+  <si>
+    <t>Disciplina uso de Vefculo Oficial deste Poder Legislativo</t>
+  </si>
+  <si>
+    <t>430</t>
+  </si>
+  <si>
+    <t>Destituir membro da Equipe de Apoio da Portaria n° 004/2025</t>
+  </si>
+  <si>
+    <t>431</t>
+  </si>
+  <si>
+    <t>Exonerar, Manoel Fonseca Silva</t>
+  </si>
+  <si>
+    <t>432</t>
+  </si>
+  <si>
+    <t>Nomear,  Manoel  Fonseca  Silva</t>
+  </si>
+  <si>
+    <t>433</t>
+  </si>
+  <si>
+    <t>Conceder gratificapao</t>
+  </si>
+  <si>
+    <t>434</t>
+  </si>
+  <si>
+    <t>Conceder gratificaçao</t>
+  </si>
+  <si>
+    <t>435</t>
+  </si>
+  <si>
+    <t>Dispensar "Gerenciador de Sistema" e  Nomear novo "Gerenciador de Sistema"</t>
+  </si>
+  <si>
+    <t>436</t>
+  </si>
+  <si>
+    <t>Designar, para compor as Comiss6es Legislativas Permanentes da Camara Municipal de Machados</t>
+  </si>
+  <si>
+    <t>437</t>
+  </si>
+  <si>
+    <t>Designar, para compor as Comiss6es Legislativas Permanentes da Camara Municipal de Machados para o exercicio 2025.</t>
+  </si>
+  <si>
+    <t>438</t>
+  </si>
+  <si>
+    <t>Conceder  gratificaeao  com  efeito  retroativo</t>
+  </si>
+  <si>
+    <t>439</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>440</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>Nomear, Graciete da Silva Peres</t>
+  </si>
+  <si>
+    <t>441</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>442</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>Exonerar, Maria Eduarda Souza_x000D_
+Exonerar, Nathalia Comes da Silva</t>
+  </si>
+  <si>
+    <t>443</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>Exonerar,  Jos6  Salvino  da  Silva</t>
+  </si>
+  <si>
+    <t>444</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>NOMEAR, as pessoas qualificadas, no cargo de Assessor(a) Parlanent</t>
+  </si>
+  <si>
+    <t>445</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>Nomear, Maria Eduarda Souza de Jesus</t>
+  </si>
+  <si>
+    <t>446</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>447</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>-Designar, para compor as Comiss5es Legislativas Permanentes_x000D_
+da Camara Municipal de Machados para o exercicio 2025.</t>
+  </si>
+  <si>
+    <t>448</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>atualizaçao LGPD</t>
+  </si>
+  <si>
+    <t>449</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>Exonerar, Elias Carlos_x000D_
+Exonerar, Wedja Pereira</t>
+  </si>
+  <si>
+    <t>450</t>
+  </si>
+  <si>
+    <t>°- NOMEAR, as pessoas qualificadas, no cargo de Assessor(a) Parlament</t>
+  </si>
+  <si>
+    <t>451</t>
+  </si>
+  <si>
+    <t>452</t>
+  </si>
+  <si>
+    <t>NOMI]AR, para exercer o cargo de provimento efetivo, por ter sido_x000D_
+aprovado  e  classificado  em  58°  lugar (PcD)  no  concurso ptiblico n°001/2023  realizado_x000D_
+por esta edilidade, de acordo com as normas do edital do aludido certame, devidamente_x000D_
+homologado, o Sr. EDUARDO VINICIUS LUIZ DOS SANTOS SILVA, para ocupar_x000D_
+o cargo de AGENTE ADMINISTRATIVO.</t>
+  </si>
+  <si>
+    <t>453</t>
+  </si>
+  <si>
+    <t>Exonerar, Manoel Fonseca Silva,</t>
+  </si>
+  <si>
+    <t>454</t>
+  </si>
+  <si>
+    <t>Exonerar, Ivan Antonio da Silva</t>
+  </si>
+  <si>
+    <t>455</t>
+  </si>
+  <si>
+    <t>Exonerar, Graciete da Silva Peres</t>
+  </si>
+  <si>
+    <t>456</t>
+  </si>
+  <si>
+    <t>Nomear, Manoel Fonseca Silva</t>
+  </si>
+  <si>
+    <t>457</t>
+  </si>
+  <si>
+    <t>Nomear, Ivan Antonio da Silva,</t>
+  </si>
+  <si>
+    <t>458</t>
+  </si>
+  <si>
+    <t>Nomear, Graciete da Silva Peres,</t>
+  </si>
+  <si>
+    <t>459</t>
+  </si>
+  <si>
+    <t>Conceder gratificagao</t>
+  </si>
+  <si>
+    <t>460</t>
+  </si>
+  <si>
+    <t>Ficam  designados  os  servidores  Graciete  da_x000D_
+Silva  Peres,  Genoveva  Comes  da  Silva,  Maciel  Domingo  da  Silva,_x000D_
+Jefferson Willians da Silva Barbosa e Jos6 Jefferson da Silva Gomes para_x000D_
+exercerem a fungao de Agentes da Guarda de Bens Patrimoniais deste Poder_x000D_
+Legislativo durante o exercfcio financeiro de 2025</t>
+  </si>
+  <si>
+    <t>461</t>
+  </si>
+  <si>
+    <t>afastamento do servidor para providenciar seu ingresso na PMPE</t>
+  </si>
+  <si>
+    <t>462</t>
+  </si>
+  <si>
+    <t>Exonerar a pedido, Janailson  Luiz de Lima  Silva</t>
+  </si>
+  <si>
+    <t>463</t>
+  </si>
+  <si>
+    <t>464</t>
+  </si>
+  <si>
+    <t>CONSIDERANDO, o Decreto n° 118/2025 do Chefe do Poder Executivo, que transferiu_x000D_
+o ponto facultativo em comemorapao ao  dia do  Servidor Pliblico do dia 28 para o dia 27  de_x000D_
+outubro,</t>
+  </si>
+  <si>
+    <t>465</t>
+  </si>
+  <si>
+    <t>CONSIDERANDO que o dia 20 de novembro 6 celebrado como o Dia Nacional_x000D_
+de Zumbi e da Consciencia Negra, institufdo pela Lei n° 14.759, de 21  de dezembro de_x000D_
+2023.</t>
+  </si>
+  <si>
+    <t>466</t>
+  </si>
+  <si>
+    <t>Exonerar, Flavia Roberta Aguiar do R6go</t>
+  </si>
+  <si>
+    <t>467</t>
+  </si>
+  <si>
+    <t>Exonerar,  Mayara  Gabrielle  de  Lima  Cavalcante</t>
+  </si>
+  <si>
+    <t>468</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Nomear, Emilaine de Arruda Soares</t>
+  </si>
+  <si>
+    <t>469</t>
+  </si>
+  <si>
+    <t>Nomear, Ana Maria  Silva</t>
+  </si>
+  <si>
+    <t>470</t>
+  </si>
+  <si>
+    <t>Nomeia     Comissao     de     lnventdrio     Patrimonial,_x000D_
+Tombamento, Avaliagao, Reavaliagao, Baixa, Doapao,_x000D_
+Alienapao,   Controle   e   Supervis5o   do   Patrim6nio_x000D_
+Ptiblico</t>
+  </si>
+  <si>
+    <t>471</t>
+  </si>
+  <si>
+    <t>Retirar gratificaeao</t>
+  </si>
+  <si>
+    <t>472</t>
+  </si>
+  <si>
+    <t>DesigiiaF Agente de Contrata¥ao, Pregoeiro e Equipe de_x000D_
+Apoio    para    conduzir    os    atos    das    Licita?6es    e_x000D_
+Contrata€6es      do     Poder     Legislativo     Munieipal_x000D_
+MachadosA?E, derivadas da Lei Federal n°. 14.133 de 1°_x000D_
+de abril de 2021.</t>
+  </si>
+  <si>
+    <t>473</t>
+  </si>
+  <si>
+    <t>Disp6e sobre a designagao de comissao respons5vel pelo_x000D_
+levantamento de informap6es destinadas a elaboragfro do_x000D_
+Projeto de Reforma Administrativa da Camara Municipal_x000D_
+de Machados - PE, e d5 outras provjdejicias.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1470,51 +1924,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F170"/>
+  <dimension ref="A1:F240"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -4882,50 +5336,1450 @@
       <c r="E169" t="s">
         <v>10</v>
       </c>
       <c r="F169" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
         <v>368</v>
       </c>
       <c r="B170" t="s">
         <v>364</v>
       </c>
       <c r="C170" t="s">
         <v>16</v>
       </c>
       <c r="D170" t="s">
         <v>9</v>
       </c>
       <c r="E170" t="s">
         <v>10</v>
       </c>
       <c r="F170" t="s">
         <v>369</v>
+      </c>
+    </row>
+    <row r="171" spans="1:6">
+      <c r="A171" t="s">
+        <v>370</v>
+      </c>
+      <c r="B171" t="s">
+        <v>364</v>
+      </c>
+      <c r="C171" t="s">
+        <v>19</v>
+      </c>
+      <c r="D171" t="s">
+        <v>9</v>
+      </c>
+      <c r="E171" t="s">
+        <v>10</v>
+      </c>
+      <c r="F171" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="172" spans="1:6">
+      <c r="A172" t="s">
+        <v>372</v>
+      </c>
+      <c r="B172" t="s">
+        <v>364</v>
+      </c>
+      <c r="C172" t="s">
+        <v>22</v>
+      </c>
+      <c r="D172" t="s">
+        <v>9</v>
+      </c>
+      <c r="E172" t="s">
+        <v>10</v>
+      </c>
+      <c r="F172" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="173" spans="1:6">
+      <c r="A173" t="s">
+        <v>374</v>
+      </c>
+      <c r="B173" t="s">
+        <v>364</v>
+      </c>
+      <c r="C173" t="s">
+        <v>25</v>
+      </c>
+      <c r="D173" t="s">
+        <v>9</v>
+      </c>
+      <c r="E173" t="s">
+        <v>10</v>
+      </c>
+      <c r="F173" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="174" spans="1:6">
+      <c r="A174" t="s">
+        <v>376</v>
+      </c>
+      <c r="B174" t="s">
+        <v>364</v>
+      </c>
+      <c r="C174" t="s">
+        <v>28</v>
+      </c>
+      <c r="D174" t="s">
+        <v>9</v>
+      </c>
+      <c r="E174" t="s">
+        <v>10</v>
+      </c>
+      <c r="F174" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6">
+      <c r="A175" t="s">
+        <v>378</v>
+      </c>
+      <c r="B175" t="s">
+        <v>364</v>
+      </c>
+      <c r="C175" t="s">
+        <v>37</v>
+      </c>
+      <c r="D175" t="s">
+        <v>9</v>
+      </c>
+      <c r="E175" t="s">
+        <v>10</v>
+      </c>
+      <c r="F175" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6">
+      <c r="A176" t="s">
+        <v>380</v>
+      </c>
+      <c r="B176" t="s">
+        <v>364</v>
+      </c>
+      <c r="C176" t="s">
+        <v>40</v>
+      </c>
+      <c r="D176" t="s">
+        <v>9</v>
+      </c>
+      <c r="E176" t="s">
+        <v>10</v>
+      </c>
+      <c r="F176" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="177" spans="1:6">
+      <c r="A177" t="s">
+        <v>382</v>
+      </c>
+      <c r="B177" t="s">
+        <v>364</v>
+      </c>
+      <c r="C177" t="s">
+        <v>43</v>
+      </c>
+      <c r="D177" t="s">
+        <v>9</v>
+      </c>
+      <c r="E177" t="s">
+        <v>10</v>
+      </c>
+      <c r="F177" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="178" spans="1:6">
+      <c r="A178" t="s">
+        <v>384</v>
+      </c>
+      <c r="B178" t="s">
+        <v>364</v>
+      </c>
+      <c r="C178" t="s">
+        <v>46</v>
+      </c>
+      <c r="D178" t="s">
+        <v>9</v>
+      </c>
+      <c r="E178" t="s">
+        <v>10</v>
+      </c>
+      <c r="F178" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="179" spans="1:6">
+      <c r="A179" t="s">
+        <v>386</v>
+      </c>
+      <c r="B179" t="s">
+        <v>364</v>
+      </c>
+      <c r="C179" t="s">
+        <v>49</v>
+      </c>
+      <c r="D179" t="s">
+        <v>9</v>
+      </c>
+      <c r="E179" t="s">
+        <v>10</v>
+      </c>
+      <c r="F179" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6">
+      <c r="A180" t="s">
+        <v>387</v>
+      </c>
+      <c r="B180" t="s">
+        <v>364</v>
+      </c>
+      <c r="C180" t="s">
+        <v>52</v>
+      </c>
+      <c r="D180" t="s">
+        <v>9</v>
+      </c>
+      <c r="E180" t="s">
+        <v>10</v>
+      </c>
+      <c r="F180" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6">
+      <c r="A181" t="s">
+        <v>388</v>
+      </c>
+      <c r="B181" t="s">
+        <v>364</v>
+      </c>
+      <c r="C181" t="s">
+        <v>55</v>
+      </c>
+      <c r="D181" t="s">
+        <v>9</v>
+      </c>
+      <c r="E181" t="s">
+        <v>10</v>
+      </c>
+      <c r="F181" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="182" spans="1:6">
+      <c r="A182" t="s">
+        <v>389</v>
+      </c>
+      <c r="B182" t="s">
+        <v>364</v>
+      </c>
+      <c r="C182" t="s">
+        <v>58</v>
+      </c>
+      <c r="D182" t="s">
+        <v>9</v>
+      </c>
+      <c r="E182" t="s">
+        <v>10</v>
+      </c>
+      <c r="F182" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="183" spans="1:6">
+      <c r="A183" t="s">
+        <v>391</v>
+      </c>
+      <c r="B183" t="s">
+        <v>364</v>
+      </c>
+      <c r="C183" t="s">
+        <v>61</v>
+      </c>
+      <c r="D183" t="s">
+        <v>9</v>
+      </c>
+      <c r="E183" t="s">
+        <v>10</v>
+      </c>
+      <c r="F183" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6">
+      <c r="A184" t="s">
+        <v>392</v>
+      </c>
+      <c r="B184" t="s">
+        <v>364</v>
+      </c>
+      <c r="C184" t="s">
+        <v>64</v>
+      </c>
+      <c r="D184" t="s">
+        <v>9</v>
+      </c>
+      <c r="E184" t="s">
+        <v>10</v>
+      </c>
+      <c r="F184" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6">
+      <c r="A185" t="s">
+        <v>394</v>
+      </c>
+      <c r="B185" t="s">
+        <v>364</v>
+      </c>
+      <c r="C185" t="s">
+        <v>67</v>
+      </c>
+      <c r="D185" t="s">
+        <v>9</v>
+      </c>
+      <c r="E185" t="s">
+        <v>10</v>
+      </c>
+      <c r="F185" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6">
+      <c r="A186" t="s">
+        <v>396</v>
+      </c>
+      <c r="B186" t="s">
+        <v>364</v>
+      </c>
+      <c r="C186" t="s">
+        <v>70</v>
+      </c>
+      <c r="D186" t="s">
+        <v>9</v>
+      </c>
+      <c r="E186" t="s">
+        <v>10</v>
+      </c>
+      <c r="F186" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6">
+      <c r="A187" t="s">
+        <v>398</v>
+      </c>
+      <c r="B187" t="s">
+        <v>364</v>
+      </c>
+      <c r="C187" t="s">
+        <v>73</v>
+      </c>
+      <c r="D187" t="s">
+        <v>9</v>
+      </c>
+      <c r="E187" t="s">
+        <v>10</v>
+      </c>
+      <c r="F187" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6">
+      <c r="A188" t="s">
+        <v>400</v>
+      </c>
+      <c r="B188" t="s">
+        <v>364</v>
+      </c>
+      <c r="C188" t="s">
+        <v>76</v>
+      </c>
+      <c r="D188" t="s">
+        <v>9</v>
+      </c>
+      <c r="E188" t="s">
+        <v>10</v>
+      </c>
+      <c r="F188" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6">
+      <c r="A189" t="s">
+        <v>402</v>
+      </c>
+      <c r="B189" t="s">
+        <v>364</v>
+      </c>
+      <c r="C189" t="s">
+        <v>79</v>
+      </c>
+      <c r="D189" t="s">
+        <v>9</v>
+      </c>
+      <c r="E189" t="s">
+        <v>10</v>
+      </c>
+      <c r="F189" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="190" spans="1:6">
+      <c r="A190" t="s">
+        <v>404</v>
+      </c>
+      <c r="B190" t="s">
+        <v>364</v>
+      </c>
+      <c r="C190" t="s">
+        <v>82</v>
+      </c>
+      <c r="D190" t="s">
+        <v>9</v>
+      </c>
+      <c r="E190" t="s">
+        <v>10</v>
+      </c>
+      <c r="F190" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="191" spans="1:6">
+      <c r="A191" t="s">
+        <v>406</v>
+      </c>
+      <c r="B191" t="s">
+        <v>364</v>
+      </c>
+      <c r="C191" t="s">
+        <v>85</v>
+      </c>
+      <c r="D191" t="s">
+        <v>9</v>
+      </c>
+      <c r="E191" t="s">
+        <v>10</v>
+      </c>
+      <c r="F191" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6">
+      <c r="A192" t="s">
+        <v>408</v>
+      </c>
+      <c r="B192" t="s">
+        <v>364</v>
+      </c>
+      <c r="C192" t="s">
+        <v>88</v>
+      </c>
+      <c r="D192" t="s">
+        <v>9</v>
+      </c>
+      <c r="E192" t="s">
+        <v>10</v>
+      </c>
+      <c r="F192" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6">
+      <c r="A193" t="s">
+        <v>410</v>
+      </c>
+      <c r="B193" t="s">
+        <v>364</v>
+      </c>
+      <c r="C193" t="s">
+        <v>91</v>
+      </c>
+      <c r="D193" t="s">
+        <v>9</v>
+      </c>
+      <c r="E193" t="s">
+        <v>10</v>
+      </c>
+      <c r="F193" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="194" spans="1:6">
+      <c r="A194" t="s">
+        <v>412</v>
+      </c>
+      <c r="B194" t="s">
+        <v>364</v>
+      </c>
+      <c r="C194" t="s">
+        <v>94</v>
+      </c>
+      <c r="D194" t="s">
+        <v>9</v>
+      </c>
+      <c r="E194" t="s">
+        <v>10</v>
+      </c>
+      <c r="F194" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6">
+      <c r="A195" t="s">
+        <v>414</v>
+      </c>
+      <c r="B195" t="s">
+        <v>364</v>
+      </c>
+      <c r="C195" t="s">
+        <v>97</v>
+      </c>
+      <c r="D195" t="s">
+        <v>9</v>
+      </c>
+      <c r="E195" t="s">
+        <v>10</v>
+      </c>
+      <c r="F195" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6">
+      <c r="A196" t="s">
+        <v>416</v>
+      </c>
+      <c r="B196" t="s">
+        <v>364</v>
+      </c>
+      <c r="C196" t="s">
+        <v>100</v>
+      </c>
+      <c r="D196" t="s">
+        <v>9</v>
+      </c>
+      <c r="E196" t="s">
+        <v>10</v>
+      </c>
+      <c r="F196" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6">
+      <c r="A197" t="s">
+        <v>418</v>
+      </c>
+      <c r="B197" t="s">
+        <v>364</v>
+      </c>
+      <c r="C197" t="s">
+        <v>103</v>
+      </c>
+      <c r="D197" t="s">
+        <v>9</v>
+      </c>
+      <c r="E197" t="s">
+        <v>10</v>
+      </c>
+      <c r="F197" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6">
+      <c r="A198" t="s">
+        <v>420</v>
+      </c>
+      <c r="B198" t="s">
+        <v>364</v>
+      </c>
+      <c r="C198" t="s">
+        <v>106</v>
+      </c>
+      <c r="D198" t="s">
+        <v>9</v>
+      </c>
+      <c r="E198" t="s">
+        <v>10</v>
+      </c>
+      <c r="F198" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6">
+      <c r="A199" t="s">
+        <v>422</v>
+      </c>
+      <c r="B199" t="s">
+        <v>364</v>
+      </c>
+      <c r="C199" t="s">
+        <v>109</v>
+      </c>
+      <c r="D199" t="s">
+        <v>9</v>
+      </c>
+      <c r="E199" t="s">
+        <v>10</v>
+      </c>
+      <c r="F199" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6">
+      <c r="A200" t="s">
+        <v>424</v>
+      </c>
+      <c r="B200" t="s">
+        <v>364</v>
+      </c>
+      <c r="C200" t="s">
+        <v>112</v>
+      </c>
+      <c r="D200" t="s">
+        <v>9</v>
+      </c>
+      <c r="E200" t="s">
+        <v>10</v>
+      </c>
+      <c r="F200" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="201" spans="1:6">
+      <c r="A201" t="s">
+        <v>426</v>
+      </c>
+      <c r="B201" t="s">
+        <v>364</v>
+      </c>
+      <c r="C201" t="s">
+        <v>115</v>
+      </c>
+      <c r="D201" t="s">
+        <v>9</v>
+      </c>
+      <c r="E201" t="s">
+        <v>10</v>
+      </c>
+      <c r="F201" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="202" spans="1:6">
+      <c r="A202" t="s">
+        <v>428</v>
+      </c>
+      <c r="B202" t="s">
+        <v>364</v>
+      </c>
+      <c r="C202" t="s">
+        <v>117</v>
+      </c>
+      <c r="D202" t="s">
+        <v>9</v>
+      </c>
+      <c r="E202" t="s">
+        <v>10</v>
+      </c>
+      <c r="F202" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="203" spans="1:6">
+      <c r="A203" t="s">
+        <v>430</v>
+      </c>
+      <c r="B203" t="s">
+        <v>364</v>
+      </c>
+      <c r="C203" t="s">
+        <v>120</v>
+      </c>
+      <c r="D203" t="s">
+        <v>9</v>
+      </c>
+      <c r="E203" t="s">
+        <v>10</v>
+      </c>
+      <c r="F203" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="204" spans="1:6">
+      <c r="A204" t="s">
+        <v>432</v>
+      </c>
+      <c r="B204" t="s">
+        <v>364</v>
+      </c>
+      <c r="C204" t="s">
+        <v>123</v>
+      </c>
+      <c r="D204" t="s">
+        <v>9</v>
+      </c>
+      <c r="E204" t="s">
+        <v>10</v>
+      </c>
+      <c r="F204" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="205" spans="1:6">
+      <c r="A205" t="s">
+        <v>434</v>
+      </c>
+      <c r="B205" t="s">
+        <v>364</v>
+      </c>
+      <c r="C205" t="s">
+        <v>126</v>
+      </c>
+      <c r="D205" t="s">
+        <v>9</v>
+      </c>
+      <c r="E205" t="s">
+        <v>10</v>
+      </c>
+      <c r="F205" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="206" spans="1:6">
+      <c r="A206" t="s">
+        <v>436</v>
+      </c>
+      <c r="B206" t="s">
+        <v>364</v>
+      </c>
+      <c r="C206" t="s">
+        <v>437</v>
+      </c>
+      <c r="D206" t="s">
+        <v>9</v>
+      </c>
+      <c r="E206" t="s">
+        <v>10</v>
+      </c>
+      <c r="F206" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="207" spans="1:6">
+      <c r="A207" t="s">
+        <v>438</v>
+      </c>
+      <c r="B207" t="s">
+        <v>364</v>
+      </c>
+      <c r="C207" t="s">
+        <v>439</v>
+      </c>
+      <c r="D207" t="s">
+        <v>9</v>
+      </c>
+      <c r="E207" t="s">
+        <v>10</v>
+      </c>
+      <c r="F207" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="208" spans="1:6">
+      <c r="A208" t="s">
+        <v>441</v>
+      </c>
+      <c r="B208" t="s">
+        <v>364</v>
+      </c>
+      <c r="C208" t="s">
+        <v>442</v>
+      </c>
+      <c r="D208" t="s">
+        <v>9</v>
+      </c>
+      <c r="E208" t="s">
+        <v>10</v>
+      </c>
+      <c r="F208" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="209" spans="1:6">
+      <c r="A209" t="s">
+        <v>443</v>
+      </c>
+      <c r="B209" t="s">
+        <v>364</v>
+      </c>
+      <c r="C209" t="s">
+        <v>444</v>
+      </c>
+      <c r="D209" t="s">
+        <v>9</v>
+      </c>
+      <c r="E209" t="s">
+        <v>10</v>
+      </c>
+      <c r="F209" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="210" spans="1:6">
+      <c r="A210" t="s">
+        <v>446</v>
+      </c>
+      <c r="B210" t="s">
+        <v>364</v>
+      </c>
+      <c r="C210" t="s">
+        <v>447</v>
+      </c>
+      <c r="D210" t="s">
+        <v>9</v>
+      </c>
+      <c r="E210" t="s">
+        <v>10</v>
+      </c>
+      <c r="F210" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="211" spans="1:6">
+      <c r="A211" t="s">
+        <v>449</v>
+      </c>
+      <c r="B211" t="s">
+        <v>364</v>
+      </c>
+      <c r="C211" t="s">
+        <v>450</v>
+      </c>
+      <c r="D211" t="s">
+        <v>9</v>
+      </c>
+      <c r="E211" t="s">
+        <v>10</v>
+      </c>
+      <c r="F211" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="212" spans="1:6">
+      <c r="A212" t="s">
+        <v>452</v>
+      </c>
+      <c r="B212" t="s">
+        <v>364</v>
+      </c>
+      <c r="C212" t="s">
+        <v>453</v>
+      </c>
+      <c r="D212" t="s">
+        <v>9</v>
+      </c>
+      <c r="E212" t="s">
+        <v>10</v>
+      </c>
+      <c r="F212" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="213" spans="1:6">
+      <c r="A213" t="s">
+        <v>455</v>
+      </c>
+      <c r="B213" t="s">
+        <v>364</v>
+      </c>
+      <c r="C213" t="s">
+        <v>456</v>
+      </c>
+      <c r="D213" t="s">
+        <v>9</v>
+      </c>
+      <c r="E213" t="s">
+        <v>10</v>
+      </c>
+      <c r="F213" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="214" spans="1:6">
+      <c r="A214" t="s">
+        <v>457</v>
+      </c>
+      <c r="B214" t="s">
+        <v>364</v>
+      </c>
+      <c r="C214" t="s">
+        <v>458</v>
+      </c>
+      <c r="D214" t="s">
+        <v>9</v>
+      </c>
+      <c r="E214" t="s">
+        <v>10</v>
+      </c>
+      <c r="F214" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="215" spans="1:6">
+      <c r="A215" t="s">
+        <v>460</v>
+      </c>
+      <c r="B215" t="s">
+        <v>364</v>
+      </c>
+      <c r="C215" t="s">
+        <v>461</v>
+      </c>
+      <c r="D215" t="s">
+        <v>9</v>
+      </c>
+      <c r="E215" t="s">
+        <v>10</v>
+      </c>
+      <c r="F215" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="216" spans="1:6">
+      <c r="A216" t="s">
+        <v>463</v>
+      </c>
+      <c r="B216" t="s">
+        <v>364</v>
+      </c>
+      <c r="C216" t="s">
+        <v>464</v>
+      </c>
+      <c r="D216" t="s">
+        <v>9</v>
+      </c>
+      <c r="E216" t="s">
+        <v>10</v>
+      </c>
+      <c r="F216" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="217" spans="1:6">
+      <c r="A217" t="s">
+        <v>466</v>
+      </c>
+      <c r="B217" t="s">
+        <v>364</v>
+      </c>
+      <c r="C217" t="s">
+        <v>6</v>
+      </c>
+      <c r="D217" t="s">
+        <v>9</v>
+      </c>
+      <c r="E217" t="s">
+        <v>10</v>
+      </c>
+      <c r="F217" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="218" spans="1:6">
+      <c r="A218" t="s">
+        <v>468</v>
+      </c>
+      <c r="B218" t="s">
+        <v>364</v>
+      </c>
+      <c r="C218" t="s">
+        <v>12</v>
+      </c>
+      <c r="D218" t="s">
+        <v>9</v>
+      </c>
+      <c r="E218" t="s">
+        <v>10</v>
+      </c>
+      <c r="F218" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="219" spans="1:6">
+      <c r="A219" t="s">
+        <v>469</v>
+      </c>
+      <c r="B219" t="s">
+        <v>364</v>
+      </c>
+      <c r="C219" t="s">
+        <v>15</v>
+      </c>
+      <c r="D219" t="s">
+        <v>9</v>
+      </c>
+      <c r="E219" t="s">
+        <v>10</v>
+      </c>
+      <c r="F219" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="220" spans="1:6">
+      <c r="A220" t="s">
+        <v>471</v>
+      </c>
+      <c r="B220" t="s">
+        <v>364</v>
+      </c>
+      <c r="C220" t="s">
+        <v>18</v>
+      </c>
+      <c r="D220" t="s">
+        <v>9</v>
+      </c>
+      <c r="E220" t="s">
+        <v>10</v>
+      </c>
+      <c r="F220" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="221" spans="1:6">
+      <c r="A221" t="s">
+        <v>473</v>
+      </c>
+      <c r="B221" t="s">
+        <v>364</v>
+      </c>
+      <c r="C221" t="s">
+        <v>21</v>
+      </c>
+      <c r="D221" t="s">
+        <v>9</v>
+      </c>
+      <c r="E221" t="s">
+        <v>10</v>
+      </c>
+      <c r="F221" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="222" spans="1:6">
+      <c r="A222" t="s">
+        <v>475</v>
+      </c>
+      <c r="B222" t="s">
+        <v>364</v>
+      </c>
+      <c r="C222" t="s">
+        <v>24</v>
+      </c>
+      <c r="D222" t="s">
+        <v>9</v>
+      </c>
+      <c r="E222" t="s">
+        <v>10</v>
+      </c>
+      <c r="F222" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="223" spans="1:6">
+      <c r="A223" t="s">
+        <v>477</v>
+      </c>
+      <c r="B223" t="s">
+        <v>364</v>
+      </c>
+      <c r="C223" t="s">
+        <v>27</v>
+      </c>
+      <c r="D223" t="s">
+        <v>9</v>
+      </c>
+      <c r="E223" t="s">
+        <v>10</v>
+      </c>
+      <c r="F223" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="224" spans="1:6">
+      <c r="A224" t="s">
+        <v>479</v>
+      </c>
+      <c r="B224" t="s">
+        <v>364</v>
+      </c>
+      <c r="C224" t="s">
+        <v>30</v>
+      </c>
+      <c r="D224" t="s">
+        <v>9</v>
+      </c>
+      <c r="E224" t="s">
+        <v>10</v>
+      </c>
+      <c r="F224" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="225" spans="1:6">
+      <c r="A225" t="s">
+        <v>481</v>
+      </c>
+      <c r="B225" t="s">
+        <v>364</v>
+      </c>
+      <c r="C225" t="s">
+        <v>33</v>
+      </c>
+      <c r="D225" t="s">
+        <v>9</v>
+      </c>
+      <c r="E225" t="s">
+        <v>10</v>
+      </c>
+      <c r="F225" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="226" spans="1:6">
+      <c r="A226" t="s">
+        <v>483</v>
+      </c>
+      <c r="B226" t="s">
+        <v>364</v>
+      </c>
+      <c r="C226" t="s">
+        <v>36</v>
+      </c>
+      <c r="D226" t="s">
+        <v>9</v>
+      </c>
+      <c r="E226" t="s">
+        <v>10</v>
+      </c>
+      <c r="F226" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="227" spans="1:6">
+      <c r="A227" t="s">
+        <v>485</v>
+      </c>
+      <c r="B227" t="s">
+        <v>364</v>
+      </c>
+      <c r="C227" t="s">
+        <v>39</v>
+      </c>
+      <c r="D227" t="s">
+        <v>9</v>
+      </c>
+      <c r="E227" t="s">
+        <v>10</v>
+      </c>
+      <c r="F227" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="228" spans="1:6">
+      <c r="A228" t="s">
+        <v>487</v>
+      </c>
+      <c r="B228" t="s">
+        <v>364</v>
+      </c>
+      <c r="C228" t="s">
+        <v>42</v>
+      </c>
+      <c r="D228" t="s">
+        <v>9</v>
+      </c>
+      <c r="E228" t="s">
+        <v>10</v>
+      </c>
+      <c r="F228" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="229" spans="1:6">
+      <c r="A229" t="s">
+        <v>489</v>
+      </c>
+      <c r="B229" t="s">
+        <v>364</v>
+      </c>
+      <c r="C229" t="s">
+        <v>45</v>
+      </c>
+      <c r="D229" t="s">
+        <v>9</v>
+      </c>
+      <c r="E229" t="s">
+        <v>10</v>
+      </c>
+      <c r="F229" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="230" spans="1:6">
+      <c r="A230" t="s">
+        <v>491</v>
+      </c>
+      <c r="B230" t="s">
+        <v>364</v>
+      </c>
+      <c r="C230" t="s">
+        <v>48</v>
+      </c>
+      <c r="D230" t="s">
+        <v>9</v>
+      </c>
+      <c r="E230" t="s">
+        <v>10</v>
+      </c>
+      <c r="F230" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="231" spans="1:6">
+      <c r="A231" t="s">
+        <v>492</v>
+      </c>
+      <c r="B231" t="s">
+        <v>364</v>
+      </c>
+      <c r="C231" t="s">
+        <v>51</v>
+      </c>
+      <c r="D231" t="s">
+        <v>9</v>
+      </c>
+      <c r="E231" t="s">
+        <v>10</v>
+      </c>
+      <c r="F231" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="232" spans="1:6">
+      <c r="A232" t="s">
+        <v>494</v>
+      </c>
+      <c r="B232" t="s">
+        <v>364</v>
+      </c>
+      <c r="C232" t="s">
+        <v>54</v>
+      </c>
+      <c r="D232" t="s">
+        <v>9</v>
+      </c>
+      <c r="E232" t="s">
+        <v>10</v>
+      </c>
+      <c r="F232" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="233" spans="1:6">
+      <c r="A233" t="s">
+        <v>496</v>
+      </c>
+      <c r="B233" t="s">
+        <v>364</v>
+      </c>
+      <c r="C233" t="s">
+        <v>57</v>
+      </c>
+      <c r="D233" t="s">
+        <v>9</v>
+      </c>
+      <c r="E233" t="s">
+        <v>10</v>
+      </c>
+      <c r="F233" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="234" spans="1:6">
+      <c r="A234" t="s">
+        <v>498</v>
+      </c>
+      <c r="B234" t="s">
+        <v>364</v>
+      </c>
+      <c r="C234" t="s">
+        <v>60</v>
+      </c>
+      <c r="D234" t="s">
+        <v>9</v>
+      </c>
+      <c r="E234" t="s">
+        <v>10</v>
+      </c>
+      <c r="F234" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="235" spans="1:6">
+      <c r="A235" t="s">
+        <v>500</v>
+      </c>
+      <c r="B235" t="s">
+        <v>501</v>
+      </c>
+      <c r="C235" t="s">
+        <v>8</v>
+      </c>
+      <c r="D235" t="s">
+        <v>9</v>
+      </c>
+      <c r="E235" t="s">
+        <v>10</v>
+      </c>
+      <c r="F235" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="236" spans="1:6">
+      <c r="A236" t="s">
+        <v>503</v>
+      </c>
+      <c r="B236" t="s">
+        <v>501</v>
+      </c>
+      <c r="C236" t="s">
+        <v>13</v>
+      </c>
+      <c r="D236" t="s">
+        <v>9</v>
+      </c>
+      <c r="E236" t="s">
+        <v>10</v>
+      </c>
+      <c r="F236" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="237" spans="1:6">
+      <c r="A237" t="s">
+        <v>505</v>
+      </c>
+      <c r="B237" t="s">
+        <v>501</v>
+      </c>
+      <c r="C237" t="s">
+        <v>16</v>
+      </c>
+      <c r="D237" t="s">
+        <v>9</v>
+      </c>
+      <c r="E237" t="s">
+        <v>10</v>
+      </c>
+      <c r="F237" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="238" spans="1:6">
+      <c r="A238" t="s">
+        <v>507</v>
+      </c>
+      <c r="B238" t="s">
+        <v>501</v>
+      </c>
+      <c r="C238" t="s">
+        <v>19</v>
+      </c>
+      <c r="D238" t="s">
+        <v>9</v>
+      </c>
+      <c r="E238" t="s">
+        <v>10</v>
+      </c>
+      <c r="F238" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="239" spans="1:6">
+      <c r="A239" t="s">
+        <v>509</v>
+      </c>
+      <c r="B239" t="s">
+        <v>501</v>
+      </c>
+      <c r="C239" t="s">
+        <v>22</v>
+      </c>
+      <c r="D239" t="s">
+        <v>9</v>
+      </c>
+      <c r="E239" t="s">
+        <v>10</v>
+      </c>
+      <c r="F239" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="240" spans="1:6">
+      <c r="A240" t="s">
+        <v>511</v>
+      </c>
+      <c r="B240" t="s">
+        <v>501</v>
+      </c>
+      <c r="C240" t="s">
+        <v>25</v>
+      </c>
+      <c r="D240" t="s">
+        <v>9</v>
+      </c>
+      <c r="E240" t="s">
+        <v>10</v>
+      </c>
+      <c r="F240" t="s">
+        <v>512</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>