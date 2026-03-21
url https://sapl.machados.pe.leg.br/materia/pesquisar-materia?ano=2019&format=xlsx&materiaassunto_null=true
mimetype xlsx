--- v0 (2025-12-10)
+++ v1 (2026-03-21)
@@ -54,324 +54,324 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
     <t>Argemiro Pimentel</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/</t>
+    <t>http://sapl.machados.pe.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação do piso dos Agentes Comunitários de Saúde e dos Agentes de Combate a Endemias nos termos da e dá  outras providências.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Silvio Borba</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/34/projeto-de-lei-02-19-..pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/34/projeto-de-lei-02-19-..pdf</t>
   </si>
   <si>
     <t>A MESA DIRETORA DA CÂMARA DE VEREADORES DO MUNICÍPIO DE MACHADOS- PERNAMBUCO, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E DE CONFORMIDADE COM O REGIMENTO INTERNO DESTA CASA, SUBMETE A APRECIAÇÃO E VOTAÇÃO PELOS DEMAIS MEMBROS DESTA CASA O SEGUINTE PROJETO DE LEI:</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/36/projeto-003-2019.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/36/projeto-003-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação dos valores do Plantão dos Profissionais médicos, efetivos e contratados e dá outras providências.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/38/projeto-de-lei-no-004-2019.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/38/projeto-de-lei-no-004-2019.pdf</t>
   </si>
   <si>
     <t>Concede Gratificações a Cargos Efetivos e Comissionados do Poder Legislativo do Município de Machados- PE.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/40/projeto-004-2019.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/40/projeto-004-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o exercício de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/88/projeto-006-2019.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/88/projeto-006-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de ruas no bairro Machadinhos e dá outras providências.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/90/projeto-007-2019.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/90/projeto-007-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Prédio Sede da Prefeitura do Município de Machados-PE e das outras providências.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/92/projeto-008-2019.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/92/projeto-008-2019.pdf</t>
   </si>
   <si>
     <t>Abre no Orçamento vigente Crédito Adicional especial e da outras.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/93/projeto-009-2019.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/93/projeto-009-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão do Plano Plurianual para o exercício financeiro de 2020, da Prefeitura Municipal de Machados, Câmara Municipal e fundos municipais e da outras providências.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/53/decreto_001_2019.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/53/decreto_001_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Concessão de Título de Cidadão(a) e dá outras providências.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/54/decreto_002_2019.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/54/decreto_002_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Mudança de Local para Realização de Sessões Legislativas.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/55/decreto_003_2019.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/55/decreto_003_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre mudança de Local para Realização de Sessões Legislativas.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/14/resolucao-001-19.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/14/resolucao-001-19.pdf</t>
   </si>
   <si>
     <t>PROCEDE A REVISÃO E ALTERAÇÃO NA LEI ORGÂNICA MUNICIPAL DE MACHADOS</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/94/projeto-de-resolucao-002-19-2.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/94/projeto-de-resolucao-002-19-2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Instituiçao do Arquivo Público da Câmara.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>226032019</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/15/resolucao-002-19-2.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/15/resolucao-002-19-2.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO ARQUIVO PÚBLICO DA CÂMARA MUNICIPAL DE MACHADOS PERNAMBUCO</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimentos</t>
   </si>
   <si>
     <t>Naldo</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/37/requernimento-no-001-2019.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/37/requernimento-no-001-2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei para que seja revisada a lei orgânica.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Rosival Santos</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/30/requernimento-no-002-2019.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/30/requernimento-no-002-2019.pdf</t>
   </si>
   <si>
     <t>Homenagem as Mulheres</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Luciano José</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/18/requernimento-no-003-2019.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/18/requernimento-no-003-2019.pdf</t>
   </si>
   <si>
     <t>Solicitação de homenagem do período junino de 2019.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Solicitação para que antes das reuniões seja lido uma mensagem bíblica.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Manoel</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/140/requerimento-n-0072018.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/140/requerimento-n-0072018.pdf</t>
   </si>
   <si>
     <t>Aumento Salarial de Categoria Profissional (Motorista).</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/145/requerimento-no10-2019_2.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/145/requerimento-no10-2019_2.pdf</t>
   </si>
   <si>
     <t>Equiparação do Salário Família do RPPS ao Valor do RGPS</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/22/requerimento-no-011-2019.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/22/requerimento-no-011-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/84/requerimento-015-2019.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/84/requerimento-015-2019.pdf</t>
   </si>
   <si>
     <t>Correção Salarial</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/83/req-016.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/83/req-016.pdf</t>
   </si>
   <si>
     <t>Construção de Quadra Poliesportiva</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -678,68 +678,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/34/projeto-de-lei-02-19-..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/36/projeto-003-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/38/projeto-de-lei-no-004-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/40/projeto-004-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/88/projeto-006-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/90/projeto-007-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/92/projeto-008-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/93/projeto-009-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/53/decreto_001_2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/54/decreto_002_2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/55/decreto_003_2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/14/resolucao-001-19.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/94/projeto-de-resolucao-002-19-2.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/15/resolucao-002-19-2.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/37/requernimento-no-001-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/30/requernimento-no-002-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/18/requernimento-no-003-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/140/requerimento-n-0072018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/145/requerimento-no10-2019_2.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/22/requerimento-no-011-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/84/requerimento-015-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/83/req-016.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/34/projeto-de-lei-02-19-..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/36/projeto-003-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/38/projeto-de-lei-no-004-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/40/projeto-004-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/88/projeto-006-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/90/projeto-007-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/92/projeto-008-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/93/projeto-009-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/53/decreto_001_2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/54/decreto_002_2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/55/decreto_003_2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/14/resolucao-001-19.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/94/projeto-de-resolucao-002-19-2.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/15/resolucao-002-19-2.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/37/requernimento-no-001-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/30/requernimento-no-002-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/18/requernimento-no-003-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/140/requerimento-n-0072018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/145/requerimento-no10-2019_2.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/22/requerimento-no-011-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/84/requerimento-015-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2019/83/req-016.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="102.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>