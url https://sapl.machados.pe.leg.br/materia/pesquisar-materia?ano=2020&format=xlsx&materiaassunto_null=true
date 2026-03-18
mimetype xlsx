--- v0 (2025-12-10)
+++ v1 (2026-03-18)
@@ -54,439 +54,439 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
     <t>Argemiro Pimentel</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/20/proj-2.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/20/proj-2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de diárias aos funcionários do Hospital Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/19/projeto-de-lei-n-006.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/19/projeto-de-lei-n-006.pdf</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito adicional suplementar e da outras providencias.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/17/projeto-de-lei-n-007.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/17/projeto-de-lei-n-007.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes sobre a elaboração da Lei Orçamentária para o exercício 2021 e dá outras providencias.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/12/projeto-n8.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/12/projeto-n8.pdf</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito adicional suplementar e da outras.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/</t>
+    <t>http://sapl.machados.pe.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de logradouro público e dá outras providências.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/3/ppa_2021.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/3/ppa_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão do Plano plurianual para o exercício financeiro de 2021, e dá outras providencias.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/8/loa_2021_2.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/8/loa_2021_2.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa da Prefeitura de Machados, para o Exercício de 2021.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/71/projeto_de_lei_015-2020.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/71/projeto_de_lei_015-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Escola Municipal situada no Bairro de Machadinhos e dá outras providências.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/146/projeto_de_lei_016-2020.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/146/projeto_de_lei_016-2020.pdf</t>
   </si>
   <si>
     <t>Altera estrutura Administrativa do Município de Machados e da outras providências</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/147/projeto_de_lei_017-2020.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/147/projeto_de_lei_017-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a alteração da Lei Municipal nº 0578, de 10 de outubro de 2006, que institui o Regime de Previdência Social do Município de Machados-PE e da outras providências.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/148/ctm_machados__pl_018-2020.docx</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/148/ctm_machados__pl_018-2020.docx</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Tributário Municipal e institui normas de direito tributário a ele aplicáveis e da outras providências.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/149/codigo_de_obras_pl_019-2020.docx</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/149/codigo_de_obras_pl_019-2020.docx</t>
   </si>
   <si>
     <t>Institui o Código de Obras, Edificações e Urbanismo do Município de Machados - PE</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/150/projeto_de_lei_020-2020.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/150/projeto_de_lei_020-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei Municipal nº 505 de 06 de março de 2001, que instituiu da reforma da Estrutura Organizacional Administrativa do Executivo Municipal e da outras providências.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Silvio Borba</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/161/projetos_de_decreto_manoel_2020.docx</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/161/projetos_de_decreto_manoel_2020.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a Concessão de Título de Cidadão Machadense e da Outras Providências.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/162/projetos_de_decreto_003-2020.docx</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/162/projetos_de_decreto_003-2020.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a Concessão de Título de Cidadão Machadense e dá outras Providências</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>ALTERA E RESTRINGE ARTIGOS, INCISOS E PARÁGRAFOS DO REGIMENTO INTERNO DA CÂMARA DE VEREADORES DO MUNICIPIO DE MACHADOS – PERNAMBUCO.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/52/projeto_de_resolucao__002.docx</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/52/projeto_de_resolucao__002.docx</t>
   </si>
   <si>
     <t>Fixa Subsídios dos Vereadores do Município de Machados – Pernambuco para a Legislatura 2021 a 2024 e dá outras providencias.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/66/projeto_de_resolucao_003-2020.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/66/projeto_de_resolucao_003-2020.pdf</t>
   </si>
   <si>
     <t>Criação do Sistema de Apoio ao Processo Legislativo - SAPL e da outras providências</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
-    <t>Emendas</t>
-[...2 lines deleted...]
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/155/emenda_silvio.pdf</t>
+    <t>Emendas Impositivas</t>
+  </si>
+  <si>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/155/emenda_silvio.pdf</t>
   </si>
   <si>
     <t>EMENDA PARLAMENTAR IMPOSITIVA Nº 001/2020, AO PROJETO DE LEI DO EXECUTIVO Nº 014/2020, NOS TERMOS DA LEI MUNICIPAL Nº 752/2019, SANCIONADA PELO PODER LEGISLATIVO APRESENTADA PELO VEREADOR SILVIO BORBA GUERRA FILHO.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Luciano José</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/156/emenda_luciano.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/156/emenda_luciano.pdf</t>
   </si>
   <si>
     <t>EMENDA PARLAMENTAR IMPOSITIVA Nº 002/2020, AO PROJETO DE LEI DO EXECUTIVO Nº 014/2020, NOS TERMOS DA LEI MUNICIPAL Nº 752/2019, SANCIONADA PELO PODER LEGISLATIVO APRESENTADA PELO VEREADOR LUCIANO JOSÉ DA SILVA.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>Naldo</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/157/emenda_edinaldo.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/157/emenda_edinaldo.pdf</t>
   </si>
   <si>
     <t>EMENDA PARLAMENTAR IMPOSITIVA Nº 003/2020, AO PROJETO DE LEI DO EXECUTIVO Nº 014/2020, NOS TERMOS DA LEI MUNICIPAL Nº 752/2019, SANCIONADA PELO PODER LEGISLATIVO APRESENTADA PELO VEREADOR EDNALDO MARCOLINO NUNES.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Manoel</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/159/emenda_manoel.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/159/emenda_manoel.pdf</t>
   </si>
   <si>
     <t>EMENDA PARLAMENTAR IMPOSITIVA Nº 004/2020, AO PROJETO DE LEI DO EXECUTIVO Nº 014/2020, NOS TERMOS DA LEI MUNICIPAL Nº 752/2019, SANCIONADA PELO PODER LEGISLATIVO APRESENTADA PELO VEREADOR MANOEL FONSECA SILVA.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>José Rogério, Silvinho</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/158/emenda_silvio_basilio.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/158/emenda_silvio_basilio.pdf</t>
   </si>
   <si>
     <t>EMENDA PARLAMENTAR IMPOSITIVA Nº 005/2020, AO PROJETO DE LEI DO EXECUTIVO Nº 014/2020, NOS TERMOS DA LEI MUNICIPAL Nº 752/2019, SANCIONADA PELO PODER LEGISLATIVO APRESENTADA PELOS VEREADORES JOSÉ ROGÉRIO SILVA E SILVIO BASÍLIO DE LIMA.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>Rosival Santos</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/160/emenda_rosival.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/160/emenda_rosival.pdf</t>
   </si>
   <si>
     <t>EMENDA PARLAMENTAR IMPOSITIVA Nº 003/2020, AO PROJETO DE LEI DO EXECUTIVO Nº 014/2020, NOS TERMOS DA LEI MUNICIPAL Nº 752/2019, SANCIONADA PELO PODER LEGISLATIVO APRESENTADA PELO VEREADOR ROSIVAL DA SILVA SANTOS.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimentos</t>
   </si>
   <si>
     <t>Antônio José</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/16/req-002-antonio-jose.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/16/req-002-antonio-jose.pdf</t>
   </si>
   <si>
     <t>Isenção de taxa de Iluminaçao pública Residencial e Comercial.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/82/req-003-manoel-fonseca.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/82/req-003-manoel-fonseca.pdf</t>
   </si>
   <si>
     <t>Transparência sobre os valores arrecadados, assim como todos os investimentos nas manutenções da iluminação pública.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/11/requerimento-004-2020.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/11/requerimento-004-2020.pdf</t>
   </si>
   <si>
     <t>Requeiro a vossa Excelência na forma regimental, que após ouvir do ocorrido no dia 05 de Junho de 2020 na cidade do Recife-PE e sepultado no cemitério São José de machados-PE no dia 06 de Júnho 2020.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/151/requerimento-05-2020.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/151/requerimento-05-2020.pdf</t>
   </si>
   <si>
     <t>Reajuste Salarial para os Conselheiros Tutelares</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/6/requerimento_006-2020.docx</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/6/requerimento_006-2020.docx</t>
   </si>
   <si>
     <t>Concessão de Título de Cidadão Machadense</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>Homenagens aos Ex-Vereadores Djalma Bezerra da Silva, Hélio da Mota Silveira e Rui Barbosa de França</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>Silvinho</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/153/requerimentos_silvinho_008.docx</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/153/requerimentos_silvinho_008.docx</t>
   </si>
   <si>
     <t>Concessão Título de Cidadão Machadense</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/154/requerimentos_silvinho_009.docx</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/154/requerimentos_silvinho_009.docx</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/67/projeto_de_lei_001-2020.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/67/projeto_de_lei_001-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação dos subsídios do Prefeito, _x000D_
 Vice-Prefeito e Secretários Municipais de Machados – Pernambuco para a Legislatura 2021 a 2024 e dá outras providencias.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/68/projeto_de_lei_002-2020.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/68/projeto_de_lei_002-2020.pdf</t>
   </si>
   <si>
     <t>Fixa a Verba de Representação do Presidente do Poder Legislativo de Machados – Pernambuco para a Legislatura 2021 a 2024 e dá outras providencias.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/69/projeto_de_lei_ordinaria_003-2020.docx</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/69/projeto_de_lei_ordinaria_003-2020.docx</t>
   </si>
   <si>
     <t>Altera os artigos 48º e 50º da Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/70/projeto_de_lei_004-2020.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/70/projeto_de_lei_004-2020.pdf</t>
   </si>
   <si>
     <t>Trata da devolução de saldos existentes no Poder Legislativo para o Poder Executivo.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -793,68 +793,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/20/proj-2.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/19/projeto-de-lei-n-006.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/17/projeto-de-lei-n-007.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/12/projeto-n8.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/3/ppa_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/8/loa_2021_2.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/71/projeto_de_lei_015-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/146/projeto_de_lei_016-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/147/projeto_de_lei_017-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/148/ctm_machados__pl_018-2020.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/149/codigo_de_obras_pl_019-2020.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/150/projeto_de_lei_020-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/161/projetos_de_decreto_manoel_2020.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/162/projetos_de_decreto_003-2020.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/52/projeto_de_resolucao__002.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/66/projeto_de_resolucao_003-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/155/emenda_silvio.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/156/emenda_luciano.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/157/emenda_edinaldo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/159/emenda_manoel.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/158/emenda_silvio_basilio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/160/emenda_rosival.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/16/req-002-antonio-jose.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/82/req-003-manoel-fonseca.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/11/requerimento-004-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/151/requerimento-05-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/6/requerimento_006-2020.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/153/requerimentos_silvinho_008.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/154/requerimentos_silvinho_009.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/67/projeto_de_lei_001-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/68/projeto_de_lei_002-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/69/projeto_de_lei_ordinaria_003-2020.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/70/projeto_de_lei_004-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/20/proj-2.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/19/projeto-de-lei-n-006.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/17/projeto-de-lei-n-007.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/12/projeto-n8.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/3/ppa_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/8/loa_2021_2.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/71/projeto_de_lei_015-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/146/projeto_de_lei_016-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/147/projeto_de_lei_017-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/148/ctm_machados__pl_018-2020.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/149/codigo_de_obras_pl_019-2020.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/150/projeto_de_lei_020-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/161/projetos_de_decreto_manoel_2020.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/162/projetos_de_decreto_003-2020.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/52/projeto_de_resolucao__002.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/66/projeto_de_resolucao_003-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/155/emenda_silvio.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/156/emenda_luciano.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/157/emenda_edinaldo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/159/emenda_manoel.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/158/emenda_silvio_basilio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/160/emenda_rosival.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/16/req-002-antonio-jose.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/82/req-003-manoel-fonseca.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/11/requerimento-004-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/151/requerimento-05-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/6/requerimento_006-2020.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/153/requerimentos_silvinho_008.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/154/requerimentos_silvinho_009.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/67/projeto_de_lei_001-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/68/projeto_de_lei_002-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/69/projeto_de_lei_ordinaria_003-2020.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2020/70/projeto_de_lei_004-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="108.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="108" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="236.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>