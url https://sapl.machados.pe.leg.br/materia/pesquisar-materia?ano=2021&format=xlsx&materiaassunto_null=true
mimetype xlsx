--- v0 (2025-12-10)
+++ v1 (2026-03-19)
@@ -51,1582 +51,1582 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/264/proposta_emeda_lei_organica_01_2021.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/264/proposta_emeda_lei_organica_01_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Orgânica do Município de Machados e da outras providências.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Juarez Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/284/projeto_de_lei_015.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/284/projeto_de_lei_015.pdf</t>
   </si>
   <si>
     <t>Encaminho a Câmara Municipal de Machados, Casa Flávio Pessoa Guerra, o projeto de lei n° 015/2021, que revoga a lei n° 578/2006, a 589/2007, a 0666/2010 reestrutura e modifica o regime próprio de previdência social do município de machados – pe, altera o plano de custeio e de benefícios de aposentadorias e pensões do instituto previdenciário do município de machados, pe, dos servidores públicos, ocupantes de cargo de provimento efetivo e os estáveis de acordo com a constituição federal, nos termos da emenda constitucional nº 103/2019 e dá outras providências.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/168/projeto_de_lei_no_001.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/168/projeto_de_lei_no_001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a conceder anistia parcial de multas e juros de mora de débitos tributários e não tributários na forma que especifica e fixa a data de vencimento do IPTU 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/169/projeto_de_lei_no002.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/169/projeto_de_lei_no002.pdf</t>
   </si>
   <si>
     <t>Reajusta a remuneração mínima dos servidores do Município de Machados e dá outras providências.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/173/projeto_de_lei_no03.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/173/projeto_de_lei_no03.pdf</t>
   </si>
   <si>
     <t>Dispões sobre a reestruturação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação no Município de Machados - CACS - FUNDEB e dá outras providências.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/174/projeto_de_lei_4.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/174/projeto_de_lei_4.pdf</t>
   </si>
   <si>
     <t>Dispõe no âmbito do Município de Machados-PE, sobre o valor das obrigações de Pequeno Valor, nos termos do artigo 100,  § § 3° e 4°, da Constituição Federal de 1988, com redação dada pela Emenda constitucional n° 62, de 9 de dezembro de 2009 e dá outras providências.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/175/projeto_de_lei_5.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/175/projeto_de_lei_5.pdf</t>
   </si>
   <si>
     <t>Ratifica protocolo de intenções firmado entre Municípios brasileiros, com a finalidade de adquirir vacinas para combate á pandemia do coronavírus; medicamentos, insumos e equipamentos na área da saúde.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/181/projeto_de_lei_6.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/181/projeto_de_lei_6.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal n° 0723 de 07 de dezembro de 2015 e transforma o extinto Incentivo Financeiro do PMAQ-AB em Incetivo Financeiro por Desempenho (IFD), no âmbito do programa federal "Previne Brasil", conforme diretrizes previstas na portaria n° 2.979, de 12 de novembro de 2019, do Ministério da Saúde, a ser concedida aos profissionais das Equipes de Saúde da Família (ESF), Equipe Saúde Bucal (ESB) e Gestores da Atenção Primária a Saúde (APS) e dá outras providências.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/191/projeto_de_lei_007.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/191/projeto_de_lei_007.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal n° 505, de 06 de março de 2001, que institui reforma da Estrutura Organizacional Administrativa do Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/196/projeto_08.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/196/projeto_08.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do PROGRAMA MUNICIPAL CIDADE LIMPA, e dá outras providências.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/198/projeto_de_lei_09.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/198/projeto_de_lei_09.pdf</t>
   </si>
   <si>
     <t>Denomina o Campo de Futebol do Município de Machados-PE, de "Estádio Municipal Eduardo Henrique Accioly Campos" e dá outras providências.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/230/projeto_de_lei_1020210526_10130565.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/230/projeto_de_lei_1020210526_10130565.pdf</t>
   </si>
   <si>
     <t>Sirvo-me do presente para encaminhar a essa Egrégia Casa do Povo Machadense, o Projeto de Lei nº 10/2021, em anexo, para ser discutido, votado e aprovado que dispõe sobre a criação do Conselho Municipal de Turismo, tendo por objetivo facilitar o acompanhamento, a fiscalização, a implementação, bem como a difusão da política municipal de turismo, com o apoio da Secretaria Municipal de Cultura, Turismo e Juventude de Turismo, elegendo a promoção e o incentivo cultural e turismo como fator de desenvolvimento sustentável, social , econômico e ambiental.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/</t>
+    <t>http://sapl.machados.pe.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA AS METAS E AS PRIORIDADES DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, INCLUINDO AS DESPESAS DE CAPITAL, ORIENTANDO A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA EXERCÍCIO FINANCEIRO DE 2022.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/255/projeto_de_lei_dos_residuos_solidos_1.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/255/projeto_de_lei_dos_residuos_solidos_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição da taxa pela utilização efetiva ou potencial do serviço público de manejo de resíduos sólidos urbanos e dá outras providências.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/259/projeto013.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/259/projeto013.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir crédito adicional especial e suplementar na estrutura da Lei N.° 772, de 21 de dezembro de 2020, Lei Orçamentaria Anual do Município do Exercício de 2021 e dá outras providências</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/262/projeto_de_lei_conselho_de_drogas.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/262/projeto_de_lei_conselho_de_drogas.pdf</t>
   </si>
   <si>
     <t>O projeto de Lei, que cria o Conselho Municipal de Políticas Públicas para enfrentar o consumo de drogas._x000D_
 O Projeto dispõe sobre o funcionamento do Conselho, sua composição e visa aprimorar políticas públicas voltadas para combater um grande inimigo da sociedade que é o consumo de drogas.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>REVOGA A LEI Nº 578/2006. A 589/2007, A 0666/2010 REESTRUTURA E MODIFICA O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICIPIO DE MACHADOS - PE, ALTERA O PLANO DE CUSTEIO E DE BENEFÍCIO DE APOSENTADORIAS E PENSÕES DO INSTITUTO PREVIDENCIARIO DO MUNICIPIO DE MACHADOS - PE, DOS SERVIDORES PÚBLICOS, OCUPANTES DE CARGO DE PROVIMENTO EFETIVO E OS ESTAVEIS DE ACORDO COM A CONSTITUIÇÃO FEDERAL, NOS TERMOS DA EMENDA CONSTITUCIONAL Nº 103/2019 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Projeto de Lei que dispõe sobre a elaboração do Plano Plurianual para o quadriênio 2022-2025.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Projeto de Lei que dispõe sobre a elaboração da Lei Orçamentária de 2022.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/294/oficio_176.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/294/oficio_176.pdf</t>
   </si>
   <si>
     <t>Institui o Regime de Previdência Complementar no âmbito do Município de Machados, fixa o limite máximo para a concessão de aposentadorias e pensões pelo regime de previdência de que trata o art. 40 da Constituição Federal; autoriza a adesão a plano de benefícios de previdências complementar; e dá outras providências.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/295/projeto_de_lei_19.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/295/projeto_de_lei_19.pdf</t>
   </si>
   <si>
     <t>Cria e dispõe sobre o funcionamento do fundo municipal da criança e do adolescente no âmbito do Município de Machados - Pernambuco e dá outras providências.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/300/machados_anulacao_e_suplementacao_2021_-_calcamentos_rural1_2.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/300/machados_anulacao_e_suplementacao_2021_-_calcamentos_rural1_2.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei junto com o Ofício que autoriza o poder executivo a abrir crédito adicional especial na estrutura da Lei n.° 772, de 21 de dezembro de 2020, Lei Orçamentária Anual Do Município Do Exercício De 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/305/projeto_de_lei_021.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/305/projeto_de_lei_021.pdf</t>
   </si>
   <si>
     <t>Promove alteração do Art. 5º da Lei Orçamentária Anual do Exercício de 2021 (Lei Municipal 772/2020) para compatibilizar ao Art. 12 da LDO/2021, (Lei Municipal 764/2020), e dá outras providências.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/306/projeto_de_lei_contrato_temporario_ultima_versao_atual.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/306/projeto_de_lei_contrato_temporario_ultima_versao_atual.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender necessidade temporária de excepcional interesse público, nos termos do inciso IX, do art. 37 da CF/88, e dá outras providências.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/318/rateio_pmm.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/318/rateio_pmm.pdf</t>
   </si>
   <si>
     <t>Sirvo-me do presente para encaminhar em caráter de urgência o projeto de Lei nº 023/2021, que trata da autorização para pagamento de rateio aos professores da rede Municipal de ensino.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Rosival Santos</t>
   </si>
   <si>
     <t>Institui a "Comenda do Mérito Legislativo Flávio Pessoa Guerra" para homenagear as pessoas físicas ou jurídicas que prestaram serviço de relevante interesse público ou desempenharam função pública a bem do interesse do Município e dá outras providências.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/267/projeto_de_resolucao_1-2021.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/267/projeto_de_resolucao_1-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações no Regimento Interno da Câmara Municipal de Machados e dá outras providências.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>PAREC</t>
   </si>
   <si>
     <t>Pareceres</t>
   </si>
   <si>
     <t>Parecer nº 002/2021 e Projeto de Drecreto Legislativo nº 001/2021 da Comissão de Finanças e Orçamento ao Processo TCE nº 1460081-0/2013 do Ordenador de Despesas Argemiro Cavalcanti Pimentel.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>Parecer nº 003/2021 e Projeto de Decreto Legislativo nº 002/2021 da Comissão de Finanças e Orçamento ao Processo TCE nº 15100064-5/2014 do Ordenador de Despesas Argemiro Cavalcanti Pimentel.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimentos</t>
   </si>
   <si>
     <t>Gilberto Jorge</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/170/requerimento_01_beto.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/170/requerimento_01_beto.pdf</t>
   </si>
   <si>
     <t>Implantação do SAMU (Serviço de Atendimento Móvel de Urgência) em nosso Município</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>Silvio Borba</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/171/requerimento_02_silvio_borba.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/171/requerimento_02_silvio_borba.pdf</t>
   </si>
   <si>
     <t>Cópia Autenticada do Decreto original da criação do Distrito de Machados ano 1928.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>Elisandra Cunha</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/172/camscanner_02-23-2021_10.26.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/172/camscanner_02-23-2021_10.26.pdf</t>
   </si>
   <si>
     <t>A implantação de um serviço de atendimento ao cidadão na linguagem de sinais</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/193/requerimento_4_elis.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/193/requerimento_4_elis.pdf</t>
   </si>
   <si>
     <t>Informações sobre  PRECATÓRIOS DO FUNDEF</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>Ailton Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/206/requerimento_5_ailton_barbosa.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/206/requerimento_5_ailton_barbosa.pdf</t>
   </si>
   <si>
     <t>Construção de calçamento saneamento básico da Vila Manoel Machado de Araújo ( Neco Militão) neste Municipio.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>Antônio José</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/207/requerimento_6_antonio.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/207/requerimento_6_antonio.pdf</t>
   </si>
   <si>
     <t>Prioridade a vacinação aos profissionais da área da Educação.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/195/requerimento_07_beto.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/195/requerimento_07_beto.pdf</t>
   </si>
   <si>
     <t>Criação de Concurso público</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/208/requerimento_8_ailton_barbosa.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/208/requerimento_8_ailton_barbosa.pdf</t>
   </si>
   <si>
     <t>Recuperação Geral da Quadra do Sítio Siqueira neste Municipio.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/209/requerimento_09_silvio_borba.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/209/requerimento_09_silvio_borba.pdf</t>
   </si>
   <si>
     <t>Construção de uma Unidade de Distribuição de Alimentos da Agricultura Familiar.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/210/requerimento_10_silvio_borba.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/210/requerimento_10_silvio_borba.pdf</t>
   </si>
   <si>
     <t>Adaptação do Espaço Anexo ao Matadouro Público como Departamento Veterinário para averiguação das Carnes, Atendimentos Clínicos e Pequenas Cirurgias de Animais.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>Luciano José</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento_11_luciano.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento_11_luciano.pdf</t>
   </si>
   <si>
     <t>Remoção de Poste da Rodovia PE 89.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/212/requerimento_12_luciano.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/212/requerimento_12_luciano.pdf</t>
   </si>
   <si>
     <t>Reforma e Cobertura do Pátio de Eventos.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_n_013_antonio_jose_da_silva.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_n_013_antonio_jose_da_silva.pdf</t>
   </si>
   <si>
     <t>Construção de Reservatório de água no Bairro Laranjeiras.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/219/requerimento_n_014_aiton_barbosa_de_andrade20210518_07430105.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/219/requerimento_n_014_aiton_barbosa_de_andrade20210518_07430105.pdf</t>
   </si>
   <si>
     <t>Construção de calçamento e saneamento básico.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/220/requerimento_n_015_gilberto_jorge_da_silva.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/220/requerimento_n_015_gilberto_jorge_da_silva.pdf</t>
   </si>
   <si>
     <t>Criação do "Projeto de Olho nos Bairros".</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>Piçarramento nas estradas vicinais deste Município.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>Ampliação e Reforma da Unidade Básica de Saúde Cecília Josefa da Silva (UBS)</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/223/requerimento_18_beto.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/223/requerimento_18_beto.pdf</t>
   </si>
   <si>
     <t>Criação Auxílio Municipal para o Setor Artístico</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>Everaldo Francisco</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/225/requerimento_19_everaldo.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/225/requerimento_19_everaldo.pdf</t>
   </si>
   <si>
     <t>Iluminação da praça recém inaugurada, localizada na Rua Edson Álvares.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/226/requerimento_20_everaldo.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/226/requerimento_20_everaldo.pdf</t>
   </si>
   <si>
     <t>Construção  de muro de arrimos e melhorias de vias públicas.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/235/requerimento_21_beto.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/235/requerimento_21_beto.pdf</t>
   </si>
   <si>
     <t>Criação da Base da Guarda Municipal.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/236/requerimento_22_antonio.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/236/requerimento_22_antonio.pdf</t>
   </si>
   <si>
     <t>Prioridade a vacinação aos profissionais que atuam com o fornecimento de serviços de internet e Líderes Religiosos da nossa cidade.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento_23_antonio.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento_23_antonio.pdf</t>
   </si>
   <si>
     <t>Centro de Recolhimento de Animais Abandonados.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/238/requerimento_24_antonio.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/238/requerimento_24_antonio.pdf</t>
   </si>
   <si>
     <t>Aquisição de um terreno com o objetivo de ampliar o Hospital Edson Álvares deste Município.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/240/requerimento_25_beto.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/240/requerimento_25_beto.pdf</t>
   </si>
   <si>
     <t>Criação da Academia ao Ar Livre</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/252/requerimento_26.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/252/requerimento_26.pdf</t>
   </si>
   <si>
     <t>Construção de um Abrigo Rodoviário.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/249/requerimento_27.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/249/requerimento_27.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE MÉDICOS ESPECIALISTAS</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/253/requerimento_28.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/253/requerimento_28.pdf</t>
   </si>
   <si>
     <t>Construção de calçamento e praça pública.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/265/req_29_2021.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/265/req_29_2021.pdf</t>
   </si>
   <si>
     <t>Aquisição de terreno para ampliação do Cemitério Municipal.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/266/req_30_2021.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/266/req_30_2021.pdf</t>
   </si>
   <si>
     <t>Construção de um "Chafariz Comunitário" com um painel homenageando o saudoso "Joao Amor".</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/273/req_31_2021.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/273/req_31_2021.pdf</t>
   </si>
   <si>
     <t>Clinica Escola do Autismo de Machados.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/274/req_32_2021.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/274/req_32_2021.pdf</t>
   </si>
   <si>
     <t>Criação da Semana de Combate à exploração Infantil e Crimes de Internet nas Escolas.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Solicitação de reparos nas quadras poliesportivas e academia da Cidade.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Sugere a criação de Laboratórios de Informática com computadores e acesso à internet nas Escolas Públicas de Ensino.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Implantação de  Ciclovias.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/277/requerimento_-_-_manutencao_da_frota_veiculos.docx</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/277/requerimento_-_-_manutencao_da_frota_veiculos.docx</t>
   </si>
   <si>
     <t>Manutenção da Frota de Veículos do Município</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/287/requerimento_37.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/287/requerimento_37.pdf</t>
   </si>
   <si>
     <t>Prestação de Serviço de Psicologia e de serviço Social nas redes públicas de educação básica.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Graciela Gomes</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/288/requerimento_38.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/288/requerimento_38.pdf</t>
   </si>
   <si>
     <t>Plano de cargos, Carreiras e Vencimentos dos Servidores Públicos Municipais e a atualização da Lei Nº 0649/2009 - PCC dos profissionais do Magistério.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/289/requerimento_39.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/289/requerimento_39.pdf</t>
   </si>
   <si>
     <t>Manutenção e recuperação da estátua do cristo Redentor de Machados/PE.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_40.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_40.pdf</t>
   </si>
   <si>
     <t>Conclusão de calçamento da Rua Amaro Lino, Travessa Santa Terezinha, Travessa Felipe Correia e Travessa São Vicente de Paula.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_41.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_41.pdf</t>
   </si>
   <si>
     <t>Denominação de Rua.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/299/requerimento_42.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/299/requerimento_42.pdf</t>
   </si>
   <si>
     <t>Ampliação e Reforma da Unidade Básica de Sáude Cecília Josefa da Silva (UBS).</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/303/requerimento_-_corrimao_com_iluminacao.docx</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/303/requerimento_-_corrimao_com_iluminacao.docx</t>
   </si>
   <si>
     <t>Construção de Corrimão com Iluminação nos bairros da Chã do Vento e Laranjeiras.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/227/projeto_de_lei_001_elisandra.docx</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/227/projeto_de_lei_001_elisandra.docx</t>
   </si>
   <si>
     <t>Dispõe sobre o fornecimento de absorventes higiênicos nas escolas públicas e nas unidades básicas de saúde em âmbito nacional, e dá outras providências.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/251/plo_legislativo_2_2021.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/251/plo_legislativo_2_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe Priorizar à MULHER vítima de violência doméstica nos Programas Sociais de Acesso à moradia, e benefícios eventuais, estabelecendo critérios.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/263/projeto_de_lei_002_-_publicidade_medicamentos_doacao.docx</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/263/projeto_de_lei_002_-_publicidade_medicamentos_doacao.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a divulgação da relação dos medicamentos disponíveis para doação na Rede Pública Municipal de Saúde</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/410/plo_04_2021.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/410/plo_04_2021.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal do Ciclismo no âmbito do Município de Machados - PE e determina outras providências.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Oficío</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/164/oficio_04.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/164/oficio_04.pdf</t>
   </si>
   <si>
     <t>Em atendimento ao oficio TCE-PE/IRSU nº. 2136/2021 solicitamos ao setor da Câmara Municipal informações referente ao 13º salário do Prefeito.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/166/oficio_23.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/166/oficio_23.pdf</t>
   </si>
   <si>
     <t>Resposta á solicitação contida no ofício nº 012, de 25 de janeiro de 2021</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/167/oficio10.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/167/oficio10.pdf</t>
   </si>
   <si>
     <t>Comprovante de Repasse do Duodécimo do Mês de fevereiro de 2021.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/176/oficio_2.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/176/oficio_2.pdf</t>
   </si>
   <si>
     <t>DENOMINAÇÃO DE RUAS_x000D_
 Solicitação de copias (xerox) das leis que denominou de Ruas e Avenidas com os nomes da lista.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/177/oficio_40.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/177/oficio_40.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO DO PROJETO DE LEI 005/2021 EM CARÁTER DE URGÊNCIA, que tem a finalidade de adquirir vacinas para combate á pandemia do coronavírus; medicamentos, insumos e equipamento.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/178/oficio_41_assinado.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/178/oficio_41_assinado.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO DO PROJETO DE LEI 003/2021 DE REGULAMENTAÇÃO NA FORMA DA LEI FEDERAL 14.113/2020. Em caráter de urgência, devido ao curto prazo estipulado pelo FUNDEB (31/03/2021).</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/179/oficio_12.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/179/oficio_12.pdf</t>
   </si>
   <si>
     <t>Balancetes da receita, machados 2020.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/184/oficio_11.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/184/oficio_11.pdf</t>
   </si>
   <si>
     <t>Encaminho o comprovante de Repasse do Duodécimo do Mês de MARÇO de 2021.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/189/oficio_44.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/189/oficio_44.pdf</t>
   </si>
   <si>
     <t>Informamos, que por equívoco, três Leis, que enviamos para arquivo do acervo da nobre casa, foram repetidas, solicitamos encarecidamente que procedam a substituição, pela cópias enviadas em anexo.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/190/oficio_16_ci.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/190/oficio_16_ci.pdf</t>
   </si>
   <si>
     <t>Envio do projeto de lei 007/2021 que dispõe sobre a alteração da Lei Municipal n° 505, de 06 de março de 2001, que instituiu reforma da Estrutura Organizacional Administrativa do Poder Executivo Municipal e dá outras providências</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/192/oficio_51.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/192/oficio_51.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício 47/2021 (diferença do duodécimo)</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/194/relatorio_resumido_de_execucao_orcamentaria_rreo.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/194/relatorio_resumido_de_execucao_orcamentaria_rreo.pdf</t>
   </si>
   <si>
     <t>Relatório Resumido de Execução Orçamentária (RREO) referente ao 1º Bimestre de 2021 do Município de Machados-PE, o qual foi publicado em 29 de Março de 2021, no Mural da Prefeitura.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/197/oficio_58.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/197/oficio_58.pdf</t>
   </si>
   <si>
     <t>Encaminhando o Projeto n° 08/2021, para ser discutido, votado e aprovado EM CARÁTER DE URGÊNCIA, pois se trata da criação do "Programa Municipal Cidade Limpa-Povo", que consiste na realização de serviços de limpeza pública, incluindo a varrição, colete e a capinação das vias públicas, que deverão ser executados pelos beneficiários, que em contrapartida, receberão auxilio financeiro no valor de R$ 150,00 (cento e cinquenta reais) mensais.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/199/oficio_21_ci_camara.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/199/oficio_21_ci_camara.pdf</t>
   </si>
   <si>
     <t>Encaminhando o Projeto nº 09/2021 que denomina o Campo de Futebol do Municipio de Machados-PE, o campo de Estádio Municipal Eduardo Henrique Accioly Campos e dá outras providencias.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/200/oficio_16.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/200/oficio_16.pdf</t>
   </si>
   <si>
     <t>A cópia da Guia de Recolhimento referente ao mês de Março de 2021.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/201/oficio_14.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/201/oficio_14.pdf</t>
   </si>
   <si>
     <t>Comprovante de repasse do Duodécimo do Mês de ABRIL de 2021 e diferença retroativa de janeiro a março/2021.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/202/oficio_62.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/202/oficio_62.pdf</t>
   </si>
   <si>
     <t>Encaminhando a Lei Municipal nº 780/2021, devidamente sancionada.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/221/pictureoficio19previdencia.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/221/pictureoficio19previdencia.pdf</t>
   </si>
   <si>
     <t>Envio á Vossa Senhoria, a cópia a Guia de Recolhimento referente ao mês de Abril de 2021.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/222/oficio_16_adm.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/222/oficio_16_adm.pdf</t>
   </si>
   <si>
     <t>Comprovante de repasse de Duodécimo do Mês de MAIO de 2021</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/229/oficio_lei_municipal_783_e_78420210526_09390878.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/229/oficio_lei_municipal_783_e_78420210526_09390878.pdf</t>
   </si>
   <si>
     <t>Sirvo-me do presente para encaminhar a essa Egrégia Casa do Povo Machadense, as Leis Municipais n°s 783 e 784/2021, devidamente sancionada.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/232/oficio_-capa-siconfi-atestado-_rgf.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/232/oficio_-capa-siconfi-atestado-_rgf.pdf</t>
   </si>
   <si>
     <t>Encaminho o Relatório de Gestão Fiscal (RGF) referente ao 1º Quadrimestre de 2021 do Município de Machados-PE e a Declaração de Publicação no Mural da Prefeitura Municipal referente ao mesmo, em cumprimento a Lei de Responsabilidade Fiscal nº 101, de 2000.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/233/oficio_-_capa_-_siconfi_-_recibo_-_rreo.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/233/oficio_-_capa_-_siconfi_-_recibo_-_rreo.pdf</t>
   </si>
   <si>
     <t>Encaminho o Relatório Resumido de Execução Orçamentária (RREO) referente ao 2º Bimeste de 2021 do Município de Machados-PE e a Declaração de Publicação no Mural da Prefeitura Municipal referente ao mesmo, em cumprimento a Lei de Responsabilidade Fiscal nº 101, de 2000.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/234/oficio_88.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/234/oficio_88.pdf</t>
   </si>
   <si>
     <t>Referente a informações do precatório do FUNDEF</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/239/oficio_18.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/239/oficio_18.pdf</t>
   </si>
   <si>
     <t>Comprovante de repasse do Duodécimo do Mêss de JUNHO de 2021</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/241/oficio_091.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/241/oficio_091.pdf</t>
   </si>
   <si>
     <t>Encaminhando a essa Egrégia Casa do Povo Machadense, as Leis Municipais sancionadas nºs 785/2021, que dispõe sobre o fornecimento de absorventes higiênicos nas escolas públicas e nas unidades básicas de saúde em âmbito municipal e dá outras providências, e Lei Municipal nº 786/2021, que dispõe sobre a criação do Conselho Municipal de Turismo, tendo por objetivo facilitar o acompanhamento, a fiscalização, a implementação, bem como a difusão da política municipal de turismo, com o apoio da Secretaria Municipal de Cultura, Turismo e Juventude de Turismo, elegendo a promoção e o incentivo cultural e turismo como fator de desenvolvimento sustentável, social, econômico e ambiental e dá outras providências.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/244/oficio_22.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/244/oficio_22.pdf</t>
   </si>
   <si>
     <t>A cópia da Guia de Recolhimento referente ao mês de Maio de 2021</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/245/oficio23.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/245/oficio23.pdf</t>
   </si>
   <si>
     <t>Encaminhando a Câmara Municipal de Machados, Casa Flávio Pessoa Guerra, o comprovante de repasse do Duodécimo do Mês de JULHO de 2021.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/246/oficio_25.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/246/oficio_25.pdf</t>
   </si>
   <si>
     <t>Venho encaminhar a cópia a Guia de Recolhimento referente ao mês de Junho de 2021.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/247/105.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/247/105.pdf</t>
   </si>
   <si>
     <t>Encaminho nos termos da Constituição Federal e nos termos da Lei Orgânica deste Município e Constituição do Estado de Pernambuco o Projeto de Lei que dispõe sobre as Diretrizes Orçamentárias para o exercício de 2022-LDO 2022.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/248/oficio_106.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/248/oficio_106.pdf</t>
   </si>
   <si>
     <t>Segue o relatório resumido de execução orçamentária (RREO) referente ao 3º Bimestre de 2021 do Municipio de Machados-PE e a Declaração de Publicação no Mural da Prefeitura Municipal referente ao mesmo, em cumprimento a Lei de Responsabilidade Fiscal nº101, de 2000.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/254/oficio112.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/254/oficio112.pdf</t>
   </si>
   <si>
     <t>Sirvo-me do presente para encaminhar a essa Egrégia Casa do Povo de Tracunhaém, o Projeto de Lei nº 012/2021, em anexo, para ser discutindo, votado e aprovado na forma regimental, que dispõe sobre a instituição da taxa pela utilização efetiva ou potencial do serviço público de manejo de resíduos sólidos urbanos e dá outras providências. _x000D_
 Sendo o que se apresenta para o momento, manifesto votos de elevada estima e distinta consideração.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/256/oficio_27_previdencia.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/256/oficio_27_previdencia.pdf</t>
   </si>
   <si>
     <t>Venho através deste, enviar á Vossa Senhoria, a cópia a Guia de Recolhimento referente ao mês de Julho de 2021.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/258/oficio_116_camara.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/258/oficio_116_camara.pdf</t>
   </si>
   <si>
     <t>Sirvo-me do presente para encaminhar a essa Egrégia Casa do Povo de Tracunhaém, o Projeto de Lei nº 013/2021, em anexo, para ser discutindo, votado e aprovado na forma regimental, que autoriza o poder executivo a abrir crédito adicional especial e suplementar na estrutura da Lei N.° 772, de 21 de dezembro de 2020, Lei Orçamentaria Anual do Município do Exercício de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/260/oficio_27_financas.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/260/oficio_27_financas.pdf</t>
   </si>
   <si>
     <t>Encaminho a Câmara Municipal de Machados, Casa Flávio Guerra, o comprovante de repasse do Duodécimo do M~es de Agosto de 2021.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/261/oficio_79_ci_projetos_drogas_camara.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/261/oficio_79_ci_projetos_drogas_camara.pdf</t>
   </si>
   <si>
     <t>Encaminhando o projeto de lei n° 014/2021, que dispõe sobre a criação do Conselho Municipal de Políticas Públicas sobre Drogas, e dá outras providências.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/268/oficio_83_ci_camara_ldo.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/268/oficio_83_ci_camara_ldo.pdf</t>
   </si>
   <si>
     <t>Cumprimentando cordialmente, venho por meio deste, encaminhar a Câmara Municipal de Machados, Casa Flávio Pessoa Guerra, a Lei de Diretrizes Orçamentária n° 787/2021 para exercício de 2022.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/269/oficio_84_ci_camara_lei_788.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/269/oficio_84_ci_camara_lei_788.pdf</t>
   </si>
   <si>
     <t>Cumprimentando cordialmente, venho por meio deste, encaminhar a Câmara Municipal de Machados, Casa Flávio Pessoa Guerra, a Lei n° 788/2021, que autoriza o poder executivo a abrir o crédito adicional especial e suplementar na estrutura da lei n.°722, de 21 de dezembro de 2020, lei orçamentaria anual do município do exercício de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/271/oficio_85_ci_camara_lei_789.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/271/oficio_85_ci_camara_lei_789.pdf</t>
   </si>
   <si>
     <t>Cumprimentando cordialmente, venho por meio deste, encaminhar a Câmara Municipal de Machados, Casa Flávio Pessoa Guerra, a Lei n° 789/2021, que dispõe sobre o atendimento prioritário as mulheres vítimas de violências doméstica na concessão dos auxílios e dá outras providências.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/275/oficio_112_camara.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/275/oficio_112_camara.pdf</t>
   </si>
   <si>
     <t>Sirvo-me do presente para encaminhar a essa Egrégia Casa do Povo de Machados, o Projeto de Lei nº  012 /2021, em anexo, para ser discutido, votado e aprovado na forma regimental, que dispõe sobre a instituição da taxa pela utilização efetiva ou potencial do serviço público de manejo de resíduos sólidos urbanos e dá outras providências.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/276/financas.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/276/financas.pdf</t>
   </si>
   <si>
     <t>Encaminho a Câmara Municipal de Machados, Casa Flávio Pessoa Guerra, o comprovante de repasse do duodécimo do mês de setembro de 2021.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/281/previdencia.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/281/previdencia.pdf</t>
   </si>
   <si>
     <t>Encaminho a copia a Guia de Recolhimento referente ao mês de Agosto de 2021.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/282/oficio_99_ci_projeto_cw.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/282/oficio_99_ci_projeto_cw.pdf</t>
   </si>
   <si>
     <t>Encaminho a Câmara Municipal de Machados, Casa Flávio Pessoa Guerra, o projeto de lei n° 015/2021, que revoga a lei n° 578/2006, a 589/2007, a 0666/2010 reestrutura e modifica o regime próprio de previdência social do município de machados – PE, altera o plano de custeio e de benefícios de aposentadorias e pensões do instituto previdenciário do município de machados-PE, dos servidores públicos, ocupantes de cargo de provimento efetivo e os estáveis de acordo com a constituição federal, nos termos da emenda constitucional nº 103/2019 e dá outras providências.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/283/oficio100.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/283/oficio100.pdf</t>
   </si>
   <si>
     <t>Encaminho a Câmara Municipal de Machados, Casa Flávio Pessoa Guerra, o RREO 4 - Bimestre de 2021 e RGF 2 - Quadrimestre.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/285/oficio_157.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/285/oficio_157.pdf</t>
   </si>
   <si>
     <t>Encaminho o Projeto de Lei que dispõe sobre a elaboração da Lei Orçamentária de 2022.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/286/oficio_158.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/286/oficio_158.pdf</t>
   </si>
   <si>
     <t>Encaminho Projeto de Lei que dispõe sobre a elaboração do Plano Plurianual para o Quadriênio de 2022-2025.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/290/financa.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/290/financa.pdf</t>
   </si>
   <si>
     <t>Encaminho o comprovante de repasse do duodécimo do mês de outubro de 2021.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/293/prev.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/293/prev.pdf</t>
   </si>
   <si>
     <t>Envio a cópia a Guia de Recolhimento referente ao mês de setembro de 2021</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/301/oficio_37_financas.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/301/oficio_37_financas.pdf</t>
   </si>
   <si>
     <t>Venho através deste, encaminhar a Câmara Municipal de Machados, Casa Flávio Pessoa Guerra, o comprovante de repasse do duodécimo do M~es de novembro de 2021.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/302/oficio_projeto_de_lei_contrato_temporario_ultima_versao_atual.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/302/oficio_projeto_de_lei_contrato_temporario_ultima_versao_atual.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o cordialmente, sirvo-me do presente para encaminhar os projetos de Lei nº 021 e 022, para apreciação dos nobres vereadores.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/304/oficio_184.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/304/oficio_184.pdf</t>
   </si>
   <si>
     <t>Encaminhamos, anexo à presente, Projeto de Lei nº 021/2021 que promove alteração do Art. 5º da Lei Orçamentária Anual do Exercício de 2021 (Lei Municipal 772/2020) para compatibilizar ao Art. 12 da LDO/2021, (Lei Municipal 764/2020), e dá outras providências.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/309/oficio_182.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/309/oficio_182.pdf</t>
   </si>
   <si>
     <t>Pelo presente, encaminho a esta Casa Legislativa, o Relatório Resumido de Execução Orçamentária (RREO) referente ao 5º Bimestre de 2021 do Município de Machados-PE e a Declaração de Publicação no Mural da Prefeitura Municipal referente ao mesmo, em cumprimento a Lei de Responsabilidade Fiscal nº 101, de 2000.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/310/oficio_104_ci_camara_.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/310/oficio_104_ci_camara_.pdf</t>
   </si>
   <si>
     <t>Venho por meio deste, informar que estamos encaminhando para a Câmara Municipal, a Lei n° 791/2021 Plano Plurianual PPA 2022-2025 e a Lei Orçamentária Anual n° 790/2021 (LOA 2022).</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/312/oficio_400001.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/312/oficio_400001.pdf</t>
   </si>
   <si>
     <t>Segue o comprovante de repasse do duocécimo do mês de dezembro de 2021.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>LOM</t>
   </si>
   <si>
     <t>Rascunho de Lei Ordinária Municipal</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/182/lei_776.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/182/lei_776.pdf</t>
   </si>
   <si>
     <t>Ratifica protocolo de intenções firmado entre Municípios brasileiros, com a finalidade de adquirir vacinas para combate á pandemia do coronavírus; medicamentos, insumos e equipamentos na área de saúde.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/186/lei_779.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/186/lei_779.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação no Município de Machados - CACS-FUNDEB e dá outras providências.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/187/777.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/187/777.pdf</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/188/778.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/188/778.pdf</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/213/lei.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/213/lei.pdf</t>
   </si>
   <si>
     <t>Dispõe no âmbito do Município de Machados-PE, sobre o valor das obrigações de Pequeno Valor, nos termos do artigo 100, §§ 3° e 4°, da Constituição Federal de 1988, com redação dada pela Emenda constitucional n° 62, de 9 de dezembro de 2009 e dá outras providências.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/214/lei_municipal_782.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/214/lei_municipal_782.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal nº 505, de 06 de março de 2001, que instituiu reforma da Estrutura Organizacional Administrativa do Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/215/lei_municipal.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/215/lei_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal n°0723 de 07 de dezembro de 2015 e transforma o extinto Incentivo Financeiro do PMAQ-AB em Incentivo Financeiro por Desempenho (IFD), no âmbito do programa federal "Previne Brasil", conforme diretrizes previstas na portaria nº 2.979, de 12 de novembro de 2019, do Ministério da Saúde, a ser concedida aos profissionais das Equipes de Saúde da Família (ESF), Equipe Saúde Bucal (ESB) e Gestores da Atenção Primária a Saúde (APS) e dá outras providências.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/228/lei_municipal_78320210526_09421708.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/228/lei_municipal_78320210526_09421708.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do "PROGRAMA MUNICIPAL CIDADE LIMPA - POVO SADIO", e dá outras providências.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/231/lei_municipal_784.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/231/lei_municipal_784.pdf</t>
   </si>
   <si>
     <t>Denomina o Campo de Futebol do Município de Machados-PE, de "Arena Eduardo Campos" e dá outras providências.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/242/lei_786.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/242/lei_786.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do conselho Municipal de Turismo, e dá outras providências.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/243/lei_785.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/243/lei_785.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o fornecimento de absorventes higiênicos nas escolas públicas e nas unidades básicas de saúde em âmbito municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/270/lei_788.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/270/lei_788.pdf</t>
   </si>
   <si>
     <t>Lei n° 788/2021, que autoriza o poder executivo a abrir o crédito adicional especial e suplementar na estrutura da lei n.°722, de 21 de dezembro de 2020, lei orçamentaria anual do município do exercício de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/272/lei_789.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/272/lei_789.pdf</t>
   </si>
   <si>
     <t>Lei n° 789/2021, que dispõe sobre o atendimento prioritário as mulheres vítimas de violências doméstica na concessão dos auxílios e dá outras providências.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/311/lei_orcamentaria_anual_no790.2021_loa_2022.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/311/lei_orcamentaria_anual_no790.2021_loa_2022.pdf</t>
   </si>
   <si>
     <t>LEI ORÇAMENTARIA ANUAL Nº 790.2021 LOA 2022</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/313/lei_no791.2021_plano_plurianual.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/313/lei_no791.2021_plano_plurianual.pdf</t>
   </si>
   <si>
     <t>PPA 2022-2025</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/314/lei_795.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/314/lei_795.pdf</t>
   </si>
   <si>
     <t>Lei n° 795/2021_x000D_
 Dispõe sobre a contratação por tempo determinado para atender necessidade temporária de excepcional interesse público, nos termos do inciso IX, do art. 37 da CF/88, e dá outras providências.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/315/lei_793.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/315/lei_793.pdf</t>
   </si>
   <si>
     <t>Cria e dispõe sobre o funcionamento do fundo Municipal da criança e do adolescente no âmbito do Município de Machados - Pernambuco e dá outras providências.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/316/lei_788-2021.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/316/lei_788-2021.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei n° 578/2007, a 0666/2010 reestrutura e modifica o regime próprio de previdência social do Município de Machados - PE, altera o plano de custeio e de benefícios de aposentadorias e pensões do instituto previdenciário do município de Machados, PE, dos servidores públicos, ocupantes de cargo de provimento efetivo e os estáveis de acordo com a constituição federal, nos termos da emenda constitucional n° 103/2019.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/317/lei_794-2021.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/317/lei_794-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Regime de Previdência Complementar no âmbito do Município de Machados, fixa o limite máximo para concessão de aposentadorias e pensões pelo regime de previdência de que trata o art. 40 da Constituição Federal, autoriza a adesão a plano de benefícios de previdência complementar, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1933,68 +1933,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/264/proposta_emeda_lei_organica_01_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/284/projeto_de_lei_015.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/168/projeto_de_lei_no_001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/169/projeto_de_lei_no002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/173/projeto_de_lei_no03.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/174/projeto_de_lei_4.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/175/projeto_de_lei_5.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/181/projeto_de_lei_6.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/191/projeto_de_lei_007.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/196/projeto_08.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/198/projeto_de_lei_09.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/230/projeto_de_lei_1020210526_10130565.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/255/projeto_de_lei_dos_residuos_solidos_1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/259/projeto013.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/262/projeto_de_lei_conselho_de_drogas.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/294/oficio_176.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/295/projeto_de_lei_19.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/300/machados_anulacao_e_suplementacao_2021_-_calcamentos_rural1_2.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/305/projeto_de_lei_021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/306/projeto_de_lei_contrato_temporario_ultima_versao_atual.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/318/rateio_pmm.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/267/projeto_de_resolucao_1-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/170/requerimento_01_beto.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/171/requerimento_02_silvio_borba.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/172/camscanner_02-23-2021_10.26.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/193/requerimento_4_elis.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/206/requerimento_5_ailton_barbosa.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/207/requerimento_6_antonio.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/195/requerimento_07_beto.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/208/requerimento_8_ailton_barbosa.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/209/requerimento_09_silvio_borba.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/210/requerimento_10_silvio_borba.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento_11_luciano.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/212/requerimento_12_luciano.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_n_013_antonio_jose_da_silva.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/219/requerimento_n_014_aiton_barbosa_de_andrade20210518_07430105.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/220/requerimento_n_015_gilberto_jorge_da_silva.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/223/requerimento_18_beto.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/225/requerimento_19_everaldo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/226/requerimento_20_everaldo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/235/requerimento_21_beto.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/236/requerimento_22_antonio.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento_23_antonio.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/238/requerimento_24_antonio.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/240/requerimento_25_beto.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/252/requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/249/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/253/requerimento_28.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/265/req_29_2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/266/req_30_2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/273/req_31_2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/274/req_32_2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/277/requerimento_-_-_manutencao_da_frota_veiculos.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/287/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/288/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/289/requerimento_39.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_41.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/299/requerimento_42.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/303/requerimento_-_corrimao_com_iluminacao.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/227/projeto_de_lei_001_elisandra.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/251/plo_legislativo_2_2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/263/projeto_de_lei_002_-_publicidade_medicamentos_doacao.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/410/plo_04_2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/164/oficio_04.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/166/oficio_23.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/167/oficio10.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/176/oficio_2.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/177/oficio_40.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/178/oficio_41_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/179/oficio_12.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/184/oficio_11.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/189/oficio_44.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/190/oficio_16_ci.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/192/oficio_51.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/194/relatorio_resumido_de_execucao_orcamentaria_rreo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/197/oficio_58.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/199/oficio_21_ci_camara.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/200/oficio_16.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/201/oficio_14.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/202/oficio_62.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/221/pictureoficio19previdencia.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/222/oficio_16_adm.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/229/oficio_lei_municipal_783_e_78420210526_09390878.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/232/oficio_-capa-siconfi-atestado-_rgf.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/233/oficio_-_capa_-_siconfi_-_recibo_-_rreo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/234/oficio_88.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/239/oficio_18.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/241/oficio_091.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/244/oficio_22.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/245/oficio23.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/246/oficio_25.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/247/105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/248/oficio_106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/254/oficio112.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/256/oficio_27_previdencia.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/258/oficio_116_camara.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/260/oficio_27_financas.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/261/oficio_79_ci_projetos_drogas_camara.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/268/oficio_83_ci_camara_ldo.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/269/oficio_84_ci_camara_lei_788.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/271/oficio_85_ci_camara_lei_789.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/275/oficio_112_camara.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/276/financas.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/281/previdencia.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/282/oficio_99_ci_projeto_cw.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/283/oficio100.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/285/oficio_157.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/286/oficio_158.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/290/financa.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/293/prev.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/301/oficio_37_financas.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/302/oficio_projeto_de_lei_contrato_temporario_ultima_versao_atual.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/304/oficio_184.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/309/oficio_182.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/310/oficio_104_ci_camara_.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/312/oficio_400001.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/182/lei_776.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/186/lei_779.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/187/777.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/188/778.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/213/lei.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/214/lei_municipal_782.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/215/lei_municipal.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/228/lei_municipal_78320210526_09421708.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/231/lei_municipal_784.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/242/lei_786.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/243/lei_785.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/270/lei_788.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/272/lei_789.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/311/lei_orcamentaria_anual_no790.2021_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/313/lei_no791.2021_plano_plurianual.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/314/lei_795.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/315/lei_793.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/316/lei_788-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/317/lei_794-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/264/proposta_emeda_lei_organica_01_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/284/projeto_de_lei_015.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/168/projeto_de_lei_no_001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/169/projeto_de_lei_no002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/173/projeto_de_lei_no03.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/174/projeto_de_lei_4.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/175/projeto_de_lei_5.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/181/projeto_de_lei_6.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/191/projeto_de_lei_007.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/196/projeto_08.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/198/projeto_de_lei_09.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/230/projeto_de_lei_1020210526_10130565.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/255/projeto_de_lei_dos_residuos_solidos_1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/259/projeto013.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/262/projeto_de_lei_conselho_de_drogas.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/294/oficio_176.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/295/projeto_de_lei_19.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/300/machados_anulacao_e_suplementacao_2021_-_calcamentos_rural1_2.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/305/projeto_de_lei_021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/306/projeto_de_lei_contrato_temporario_ultima_versao_atual.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/318/rateio_pmm.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/267/projeto_de_resolucao_1-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/170/requerimento_01_beto.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/171/requerimento_02_silvio_borba.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/172/camscanner_02-23-2021_10.26.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/193/requerimento_4_elis.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/206/requerimento_5_ailton_barbosa.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/207/requerimento_6_antonio.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/195/requerimento_07_beto.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/208/requerimento_8_ailton_barbosa.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/209/requerimento_09_silvio_borba.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/210/requerimento_10_silvio_borba.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento_11_luciano.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/212/requerimento_12_luciano.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_n_013_antonio_jose_da_silva.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/219/requerimento_n_014_aiton_barbosa_de_andrade20210518_07430105.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/220/requerimento_n_015_gilberto_jorge_da_silva.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/223/requerimento_18_beto.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/225/requerimento_19_everaldo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/226/requerimento_20_everaldo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/235/requerimento_21_beto.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/236/requerimento_22_antonio.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento_23_antonio.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/238/requerimento_24_antonio.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/240/requerimento_25_beto.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/252/requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/249/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/253/requerimento_28.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/265/req_29_2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/266/req_30_2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/273/req_31_2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/274/req_32_2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/277/requerimento_-_-_manutencao_da_frota_veiculos.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/287/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/288/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/289/requerimento_39.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_41.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/299/requerimento_42.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/303/requerimento_-_corrimao_com_iluminacao.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/227/projeto_de_lei_001_elisandra.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/251/plo_legislativo_2_2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/263/projeto_de_lei_002_-_publicidade_medicamentos_doacao.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/410/plo_04_2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/164/oficio_04.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/166/oficio_23.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/167/oficio10.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/176/oficio_2.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/177/oficio_40.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/178/oficio_41_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/179/oficio_12.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/184/oficio_11.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/189/oficio_44.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/190/oficio_16_ci.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/192/oficio_51.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/194/relatorio_resumido_de_execucao_orcamentaria_rreo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/197/oficio_58.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/199/oficio_21_ci_camara.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/200/oficio_16.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/201/oficio_14.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/202/oficio_62.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/221/pictureoficio19previdencia.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/222/oficio_16_adm.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/229/oficio_lei_municipal_783_e_78420210526_09390878.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/232/oficio_-capa-siconfi-atestado-_rgf.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/233/oficio_-_capa_-_siconfi_-_recibo_-_rreo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/234/oficio_88.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/239/oficio_18.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/241/oficio_091.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/244/oficio_22.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/245/oficio23.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/246/oficio_25.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/247/105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/248/oficio_106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/254/oficio112.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/256/oficio_27_previdencia.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/258/oficio_116_camara.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/260/oficio_27_financas.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/261/oficio_79_ci_projetos_drogas_camara.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/268/oficio_83_ci_camara_ldo.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/269/oficio_84_ci_camara_lei_788.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/271/oficio_85_ci_camara_lei_789.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/275/oficio_112_camara.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/276/financas.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/281/previdencia.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/282/oficio_99_ci_projeto_cw.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/283/oficio100.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/285/oficio_157.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/286/oficio_158.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/290/financa.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/293/prev.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/301/oficio_37_financas.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/302/oficio_projeto_de_lei_contrato_temporario_ultima_versao_atual.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/304/oficio_184.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/309/oficio_182.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/310/oficio_104_ci_camara_.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/312/oficio_400001.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/182/lei_776.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/186/lei_779.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/187/777.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/188/778.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/213/lei.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/214/lei_municipal_782.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/215/lei_municipal.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/228/lei_municipal_78320210526_09421708.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/231/lei_municipal_784.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/242/lei_786.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/243/lei_785.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/270/lei_788.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/272/lei_789.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/311/lei_orcamentaria_anual_no790.2021_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/313/lei_no791.2021_plano_plurianual.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/314/lei_795.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/315/lei_793.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/316/lei_788-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2021/317/lei_794-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="137.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="136.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>