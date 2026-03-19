--- v0 (2025-12-10)
+++ v1 (2026-03-19)
@@ -54,1301 +54,1301 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
     <t>Juarez Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/324/projeto_001.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/324/projeto_001.pdf</t>
   </si>
   <si>
     <t>Reajusta a remuneração mínima dos servidores do Município de Machados e dá outras providências.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/325/projeto_002.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/325/projeto_002.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n° 002/2022_x000D_
 Dispõe sobre a contratação por tempo determinado para atender necessidade temporária de excepcional interesse público, nos termos do inciso IX, do art. 37 da CF/88, e dá outras providências.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/326/projeto_003.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/326/projeto_003.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei 003/2022_x000D_
 Dispõe sobre o reestruturação do quadro de servidores do Município de Machados-PE e dá outras providências.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/327/projeto_004.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/327/projeto_004.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei 004/2022_x000D_
 Dispõe sobre a instituição do "PROGRAMA CHEQUE CIDADÃO", e dá outras providências.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/331/projeto_de_lei_no_005-2022.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/331/projeto_de_lei_no_005-2022.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 005/2022_x000D_
 Ementa: Autoriza o Chefe do Poder Executivo Municipal a conceder anistia parcial de multas e juros de mora de débitos tributários e não tributários na forma que especifica e fixa a data de vencimento do IPTU 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/340/projeto_reajuste_do_pisso_pmm3.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/340/projeto_reajuste_do_pisso_pmm3.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 006/2022_x000D_
 Ementa: Dispõe sobre a implantação do piso na remuneração dos professores efetivos ativos e inativos do Município de Machados e dá outras providências.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/354/projeto_7.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/354/projeto_7.pdf</t>
   </si>
   <si>
     <t>Ementa: Dispõe sobre outorga para permissão de uso de bem imóvel e dá outras providências.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/355/projeto_lei_empreendedorismo_feminino.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/355/projeto_lei_empreendedorismo_feminino.pdf</t>
   </si>
   <si>
     <t>Cria o Dia Municipal do Empreendedorismo Feminino e dá outras providências.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/368/projeto_credito_pre_sal.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/368/projeto_credito_pre_sal.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 009/2022_x000D_
 _x000D_
 EMENTA: ABRE AO ORÇAMENTO FISCAL DO MUNICÍPIO CRÉDITO ADICIONAL ESPECIAL NO VALOR DE ATÉ R$ 262.853,92 (DUZENTOS E SESSENTA E DOIS MIL OITOCENTOS E CINQUENTA E TRÊS REAIS E NOVENTA E DOIS CENTAVOS), NO ORÇAMENTO DO EXERCÍCIO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/385/projeto_de_leitransporte_escolar_machados.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/385/projeto_de_leitransporte_escolar_machados.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 010/2022._x000D_
 Ementa: “Regulamenta Normas para o Transporte Escolar Público no Município de Machados e dá outras providências”.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/389/projeto_de_lei_11.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/389/projeto_de_lei_11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação do piso dos Agentes Comunitários de Saúde e Agentes de Combate a Endemias e dá outras providências.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/</t>
+    <t>http://sapl.machados.pe.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizess para as metas e as prioridades da administração pública municipal, incluindo as despesas de capital, orientando a elaboração da lei orçamentária para o exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/399/projeto_de_lei_escolha_gestor_machadoss.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/399/projeto_de_lei_escolha_gestor_machadoss.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 13/2022._x000D_
 Ementa: DISPÕE SOBRE O PROCESSO DE ESCOLHA DOS GESTORES ESCOLARES E GESTORES ADJUNTOS DAS INSTITUIÇÕES DE ENSINO DA REDE MUNICIPAL DO MUNICÍPIO DE MACHADOS-PE.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/398/projeto_lei_alteracao_artigos_cargos_e_carreiras.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/398/projeto_lei_alteracao_artigos_cargos_e_carreiras.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 14/2022._x000D_
 Ementa: DISPÕE SOBRE AS ALTERAÇÕES DOS ARTIGOS  40 E 53 E ANEXO IV DA LEI MUNICIPAL  Nº 0649/2009 REFERENTE AO PLANO DE CARGOS E CARREIRAS DOS PROFESSORES DO MUNICÍPIO DE MACHADOS-PE.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/421/projeto_de_lei_plano_plurianual_ppa_2022_a_2025.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/421/projeto_de_lei_plano_plurianual_ppa_2022_a_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre s Revisão do Plano Plurianual 2022- 2025, do Município de Machados, para o exercício de 2023.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/420/projeto_de_lei_orcamentaria_anual_loa_2023.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/420/projeto_de_lei_orcamentaria_anual_loa_2023.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa as Despesas do Município de Machados para o exercício financeiro de 2023 (LOA 2023).</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/415/projeto_de_lei_17.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/415/projeto_de_lei_17.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 17/2022_x000D_
 Ementa: Dispõe sobre a criação e disciplina o funcionamento da Guarda Municipal de Machados e dá outras providências.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/418/projeto_lei_defesa_civil_18.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/418/projeto_lei_defesa_civil_18.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 18/2022_x000D_
 Ementa: Cria a Coordenadoria Municipal de Proteção e Defesa Civil (COMPDEC) do município de Machados e dá outras providências.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/426/projeto_de_lei_19.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/426/projeto_de_lei_19.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 19 /2022_x000D_
 Ementa: Dispõe sobre a denominação de rua no Município de Machados-PE e dá outras providências.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/430/projeto_de_lei_20.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/430/projeto_de_lei_20.pdf</t>
   </si>
   <si>
     <t>O presente projeto 20 trata da cessão de uso de bem imóvel do Município de Machados em favor do Estado de Pernambuco, com a finalidade de manter o funcionamento da EREMSAG e autorizar também a possibilidade de reforma e ampliação da edificação existente bem como, a construção de uma quadra poliesportiva pelo cessionário.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/438/projeto_de_lei_21.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/438/projeto_de_lei_21.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N.° 21/2022_x000D_
 EMENTA: Dispõe sobre a revisão do Plano Municipal pela_x000D_
 Primeira Infância do Município de Machados (2020/2030) e dá_x000D_
 outras providências</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/444/projeto_22.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/444/projeto_22.pdf</t>
   </si>
   <si>
     <t>o Projeto de Lei 22/2022, que Altera a estrutura Administrativa do Município de Machados e dá outras providências</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/361/projeto_de_decreto_01-2022.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/361/projeto_de_decreto_01-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Concessão de Titulo de Cidadão (a) e dá outras providência.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/374/projeto_de_decreto_02-2022.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/374/projeto_de_decreto_02-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação Concessão de Título de Cidadão (a) e dá outras providências.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/440/projeto_de_decreto_3-2022.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/440/projeto_de_decreto_3-2022.pdf</t>
   </si>
   <si>
     <t>TÍTULO HONORÍFICO ao Deputado Estadual Rógerio Araújo Leão.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/441/projeto_de_decreto_4_2022.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/441/projeto_de_decreto_4_2022.pdf</t>
   </si>
   <si>
     <t>TÍTULO HONORÍFICO ao Ex Vereador Agnaldo Barbosa de Andrade.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/442/projeto_de_decreto_5_2022.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/442/projeto_de_decreto_5_2022.pdf</t>
   </si>
   <si>
     <t>TÍTULO HONORÍFICO ao Deputado Federal André Carlos Alves de Paula Filho.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>RELAT</t>
   </si>
   <si>
     <t>Relatórios de Comissões Especiais</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/329/relatorio_gestao_fiscal_-_rgf.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/329/relatorio_gestao_fiscal_-_rgf.pdf</t>
   </si>
   <si>
     <t>RELATÓRIO GESTÃO FISCAL - RGF</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/330/rreo.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/330/rreo.pdf</t>
   </si>
   <si>
     <t>Relatório Resumido de Execução Orçamentária (RREO)</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimentos</t>
   </si>
   <si>
     <t>Ailton Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/332/req_1_2022.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/332/req_1_2022.pdf</t>
   </si>
   <si>
     <t>Reajuste salarial para os profissionais do Magistério Público da Educação Básica do Município de Machados.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/333/req_2_2022.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/333/req_2_2022.pdf</t>
   </si>
   <si>
     <t>Construção de calçamento saneamento básico com corrimão da Rua Felipe Correia que dá acesso à Rua Sta. Terezinha neste Município-PE.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>Antônio José</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/334/req_3_2022.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/334/req_3_2022.pdf</t>
   </si>
   <si>
     <t>Construção de lombada na COHAB, neste município.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>Rosival Santos</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/335/req_4_2022.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/335/req_4_2022.pdf</t>
   </si>
   <si>
     <t>Substituição das lâmpadas metálicas por lâmpadas de LED do nosso município.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/336/req_05_2022.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/336/req_05_2022.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AS MULHERES DO MUNICÍPIO DE MACHADOS - PE.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>Gilberto Jorge</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/344/req_6_2022.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/344/req_6_2022.pdf</t>
   </si>
   <si>
     <t>Cria o Plano de Cargos e Carreiras da Guarda Municipal</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>Luciano José</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/346/req_7_2022.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/346/req_7_2022.pdf</t>
   </si>
   <si>
     <t>Substituição do Piso localizado em frente a Capela São José do Cemitério da Nossa Cidade.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/345/req_8_2022.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/345/req_8_2022.pdf</t>
   </si>
   <si>
     <t>Climatização das salas de aula e espaço pedagógico na Escola Municipal Maria Albuquerque.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/352/req_9_2022.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/352/req_9_2022.pdf</t>
   </si>
   <si>
     <t>Exames de Acuidade Visual (AV)</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/359/requerimento_10-2022_ver._rosival_da_silva_santos.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/359/requerimento_10-2022_ver._rosival_da_silva_santos.pdf</t>
   </si>
   <si>
     <t>Melhorias no Saneamento Básico na Vila COHAB deste Município.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/356/requerimento_11-2022_ver._gilberto_jorge_da_silva.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/356/requerimento_11-2022_ver._gilberto_jorge_da_silva.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/362/requerimento_12-2022_ver._antonio_jose_da_silva.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/362/requerimento_12-2022_ver._antonio_jose_da_silva.pdf</t>
   </si>
   <si>
     <t>Implantação do Piso Salarial de toda Classe de Enfermagem.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/371/requerimento_13-2022_ver._gilberto_jorge_da_silva.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/371/requerimento_13-2022_ver._gilberto_jorge_da_silva.pdf</t>
   </si>
   <si>
     <t>Concessão de Título de Cidadão Machadense.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/370/requerimento_14-2022_ver._antonio_jose_da_silva.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/370/requerimento_14-2022_ver._antonio_jose_da_silva.pdf</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>Silvio Borba</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/372/requerimento_15-2022_ver._silvio_borba_guerra_filho.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/372/requerimento_15-2022_ver._silvio_borba_guerra_filho.pdf</t>
   </si>
   <si>
     <t>Denominação de Rua.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_16-2022_ver._rosival_da_silva_santos.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_16-2022_ver._rosival_da_silva_santos.pdf</t>
   </si>
   <si>
     <t>Instalação de lixeiras nos poste nas principais Ruas e Avenidas deste Município.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/367/requerimento_17-2022_ver._gilberto_jorge_da_silva.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/367/requerimento_17-2022_ver._gilberto_jorge_da_silva.pdf</t>
   </si>
   <si>
     <t>Construção de Muros de Arrimo</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/391/requerimento_18-2022_ver._antonio_jose_da_silva.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/391/requerimento_18-2022_ver._antonio_jose_da_silva.pdf</t>
   </si>
   <si>
     <t>Plano de Cargos e Carreiras, autorizando a revisão e reposição salarial, inclusive com data base para reajuste ou reposição  inflacionária aos valores de vencimentos dos Servidores Públicos da Câmara Municipal de Machados-PE.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/393/requerimento_19-2022_ver._gilberto_jorge_da_silva.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/393/requerimento_19-2022_ver._gilberto_jorge_da_silva.pdf</t>
   </si>
   <si>
     <t>Redução e Adequação do Tamanho de Quebra Molas</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/400/requerimento_20-2022_ver._luciano_jose_da_silva.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/400/requerimento_20-2022_ver._luciano_jose_da_silva.pdf</t>
   </si>
   <si>
     <t>Pavimentação de Via</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/401/requerimento_21-2022_ver._antonio_jose_da_silva.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/401/requerimento_21-2022_ver._antonio_jose_da_silva.pdf</t>
   </si>
   <si>
     <t>Instalação de  câmeras de segurança e monitoramento eletrônico.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/402/requerimento_22-2022_ver._rosival_da_silva_santos.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/402/requerimento_22-2022_ver._rosival_da_silva_santos.pdf</t>
   </si>
   <si>
     <t>Requer ao poder executivo municipal, que seja feito uma parceria entre as secretarias de Saúde e Educação para a criação do Programa (Aprender com Saúde), que tem por objetivo proporcionar aos alunos condições plenas de saúde, afim de garantir qualidade no aprendizado e consequentemente desenvolvimento físico e intelectual.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/411/requerimento_23-2022_ver._ailton_barbosa_de_andrade.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/411/requerimento_23-2022_ver._ailton_barbosa_de_andrade.pdf</t>
   </si>
   <si>
     <t>Construção de calçamento na Rua Silvino Barbosa neste Município - PE.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/412/requerimento_24-2022_ver._rosival_da_silva_santos.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/412/requerimento_24-2022_ver._rosival_da_silva_santos.pdf</t>
   </si>
   <si>
     <t>Implantação de Ciclovias.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/413/requerimento25-2022_ver._rosival_da_silva_santos.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/413/requerimento25-2022_ver._rosival_da_silva_santos.pdf</t>
   </si>
   <si>
     <t>Instalação de placas de sinalização em prol do ciclismo.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/432/requerimento_26-2022_ver._silvio_borba_guerra_filho.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/432/requerimento_26-2022_ver._silvio_borba_guerra_filho.pdf</t>
   </si>
   <si>
     <t>Concessão de Título Cidadão Machadense ao Deputado Estadual Rogério Leão.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Elisandra Cunha</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/433/requerimento_27-2022_ver._elisandra_da_silva_cunha.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/433/requerimento_27-2022_ver._elisandra_da_silva_cunha.pdf</t>
   </si>
   <si>
     <t>Concessão de Título Cidadão Machadense ao Sr. Agnaldo de Andrade Barbosa.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/439/requerimento_28-2022_ver._elisandra_da_silva_cunha.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/439/requerimento_28-2022_ver._elisandra_da_silva_cunha.pdf</t>
   </si>
   <si>
     <t>Concessão de Título de Cidadão Machadense ao Deputado Federal André Carlos Alves de Paula Filho.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/337/plo_01_2022.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/337/plo_01_2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a padronização das cores de imóveis públicos pertencentes e/ou mantidos pelo município de Machados - PE e dá outras providências "</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/348/plo_02_2022.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/348/plo_02_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Municipal Nº 0532/2003.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/422/plo_03_2022.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/422/plo_03_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo conceder isenção de IPTU aos portadores de doenças graves, incapacitantes e aos doentes em estágio terminal e dá outras providências.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/423/plo_04_2022.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/423/plo_04_2022.pdf</t>
   </si>
   <si>
     <t>Estabelece multa para maus tratos a animais silvestres, domésticos ou domesticados, nativos ou exóticos e, sanções administrativas a serem aplicadas a quem os praticar, sejam pessoas físicas ou jurídicas, no âmbito do Município.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Oficío</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/319/oficio_40_previdencia.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/319/oficio_40_previdencia.pdf</t>
   </si>
   <si>
     <t>A cópia da Guia de Recolhimento referente ao mês de Novembro de 2021</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/320/oficio_previdencia0001.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/320/oficio_previdencia0001.pdf</t>
   </si>
   <si>
     <t>A respeito do assunto, considerando o disposto na Lei Complementar ° 173, de 27 de maio de 2020 que veda a realização de concursos públicos ressalvada as reposições de decorrentes de vacâncias de cargos efetivos ou vitalícios, ou seja, a autorização de novos concursos públicos devem se basear apenas aquele quantitativo de vagas vinculadas a cargos que ja foram ocupados por servidores em algum momento, para que seja feita a reposição.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/321/oficio_financas.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/321/oficio_financas.pdf</t>
   </si>
   <si>
     <t>O comprovante de repasse do doudécimo do mês de Janeiro de 2022</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/322/oficio_previdencia.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/322/oficio_previdencia.pdf</t>
   </si>
   <si>
     <t>Copias e guias de recolhimento referente ao mês de dezembro e o décimo terceiro 2021.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/323/oficio_12.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/323/oficio_12.pdf</t>
   </si>
   <si>
     <t>Encaminhar os projetos de lei n° 001, 002, 003/2022 para apreciação em carater de urgência._x000D_
 E o n° 004/2022 para apreciação quando do retorno das sessões das sessões ordinárias.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/328/oficio_rgf.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/328/oficio_rgf.pdf</t>
   </si>
   <si>
     <t>Relatório de Gestão Fiscal (RGF) referente ao 3º Quadrimestre de 2021 do Município de Machados-PE e a Declaração de Publicação no Mural da Prefeitura Municipal referente ao mesmo, em cumprimento a Lei de Responsabilidade Fiscal nº 101, de 2000.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/338/oficio_9.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/338/oficio_9.pdf</t>
   </si>
   <si>
     <t>Cópias das Guias de Recolhimento referente ao mês de Janeiro de 2022.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/339/oficio_45_camara.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/339/oficio_45_camara.pdf</t>
   </si>
   <si>
     <t>Encaminho o Projeto de Lei nº 006/2022, em regime de urgência, que autoriza o Chefe do Poder Executivo a atualizar o valor do piso dos professores efetivos ativos e inativos do Município de Machados-PE.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/341/oficio_3.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/341/oficio_3.pdf</t>
   </si>
   <si>
     <t>Comprovante de repasse do duodécimo do mês de FEVEREIRO de 2022.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/342/oficio_4.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/342/oficio_4.pdf</t>
   </si>
   <si>
     <t>Comprovante de repasse do duodécimo do mês de MARÇO de 2022.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/343/10_previdencia.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/343/10_previdencia.pdf</t>
   </si>
   <si>
     <t>Cópia das Guias de Recolhimento referente ao mês de fevereiro de 2022</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/349/oficio_5.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/349/oficio_5.pdf</t>
   </si>
   <si>
     <t>Encaminho a Câmara Municipal de Machados, Casa Flávio Pessoa Guerra, o comprovante de repasse do duodécimo dos mês de abril de 2022.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/350/oficio_15.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/350/oficio_15.pdf</t>
   </si>
   <si>
     <t>Envio as copias das guias de recolhimento referente ao mês de março 2022</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/357/oficio_72_leis_camara.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/357/oficio_72_leis_camara.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o cordialmente, venho através deste, encaminhar a Câmara_x000D_
 Municipal de Machados, Casa Flávio Pessoa Guerra, o Projeto de Lei 07/2022, que_x000D_
 dispõe sobre outorga para permissão de uso de bem imóvel e dá outras providências.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/358/oficio_73_envio_de_lei.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/358/oficio_73_envio_de_lei.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o cordialmente, venho através deste, encaminhar a Câmara_x000D_
 Municipal de Machados, Casa Flávio Pessoa Guerra, o Projeto de Lei 08/2022, que cria_x000D_
 o Dia Municipal do Empreendedorismo Feminino e dá outras providências.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/360/oficio_07.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/360/oficio_07.pdf</t>
   </si>
   <si>
     <t>Encaminho o comprovante de repasse do duodécimo do mês de maio de 2022.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/363/oficio_09.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/363/oficio_09.pdf</t>
   </si>
   <si>
     <t>Encaminho a Câmara Municipal de Machados, o demonstrativo da receita corrente líquida.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/364/oficio_rgf_2.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/364/oficio_rgf_2.pdf</t>
   </si>
   <si>
     <t>Encaminho a esta Casa Legislativa, o Relatório de Gestão Fiscal (RGF) referente ao 1º Quadrimestre de 2022 do Município de Machados-PE e a Declaração de Publicação no Mural da Prefeitura Municipal referente ao mesmo, em cumprimento a Lei de Responsabilidade Fiscal nº 101, de 2000.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/365/oficio_rreo.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/365/oficio_rreo.pdf</t>
   </si>
   <si>
     <t>Encaminho a esta Casa Legislativa, o Relatório Resumido de Execução Orçamentária (RREO) referente ao 2º Bimestre de 2022 do Município de Machados-PE e a Declaração de Publicação no Mural da Prefeitura Municipal referente ao mesmo, em cumprimento a Lei de Responsabilidade Fiscal nº 101, de 2000.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/366/oficio_10.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/366/oficio_10.pdf</t>
   </si>
   <si>
     <t>Em atenção ao Oficio 57/2022, informar que recepcionamos a solicitação e efetuamos as buscas necessárias a nossos arquivos, visando o atendimento do mesmo.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/369/oficio_82_gp_camara.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/369/oficio_82_gp_camara.pdf</t>
   </si>
   <si>
     <t>O Projeto de Lei, anexo, que encaminhamos à nossa Colenda Câmara Municipal, para considerações,_x000D_
 apreciação e votação dos Senhores Vereadores, destina-se a criar dotação orçamentária para a_x000D_
 aplicação de recursos provenientes da Cessão Onerosa do Bônus de Assinatura do Pré-Sal.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/375/guias_de_recolhimento.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/375/guias_de_recolhimento.pdf</t>
   </si>
   <si>
     <t>Guias de recolhimento referente ao mês de abril 2022</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/376/financas.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/376/financas.pdf</t>
   </si>
   <si>
     <t>Os comprovantes de repasse do duodécimo do mês de junho de 2022.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/377/financas_2.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/377/financas_2.pdf</t>
   </si>
   <si>
     <t>O comprovante de repasse do duodécimo referente a diferença dos meses de janeiro a junho de 2022, conforme memória de cálculo.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/384/oficio_projeto_de_leitransporte_escolar_machados.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/384/oficio_projeto_de_leitransporte_escolar_machados.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o cordialmente, sirvo-me do presente para encaminhar os Projeto de Lei nº 010/2022 para discussão e votação em caráter de urgência.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/386/previ.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/386/previ.pdf</t>
   </si>
   <si>
     <t>As copias das Guias de Recolhimento referente ao mês de maio de 2022.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/387/financaas.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/387/financaas.pdf</t>
   </si>
   <si>
     <t>O comprovante de repasse do duodécimo do mês de julho de 2022</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/388/oficio_projeto_de_lei.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/388/oficio_projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>para encaminhar o Projeto de Lei nº 011/2022 para discussão e votação em caráter de urgência.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/390/oficio_reo.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/390/oficio_reo.pdf</t>
   </si>
   <si>
     <t>Pelo presente, encaminho a esta Casa Legislativa, o Relatório Resumido de Execução Orçamentária (RREO) referente ao 3º Bimestre de 2022 do Município de Machados-PE e a Declaração de Publicação no Mural da Prefeitura Municipal referente ao mesmo, em cumprimento a Lei de Responsabilidade Fiscal nº 101, de 2000.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/392/oficio35_prev.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/392/oficio35_prev.pdf</t>
   </si>
   <si>
     <t>Cópia das Guias de Recolhimento referente ao mês de junho de 2022.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/395/oficio_financas.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/395/oficio_financas.pdf</t>
   </si>
   <si>
     <t>O comprovante de repasse do duodécimo do mês de agosto de 2022.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/396/oficio118.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/396/oficio118.pdf</t>
   </si>
   <si>
     <t>Sirvo-me do presente para encaminhar em caráter de urgência o projeto de Lei nº 13/2022, que trata do processo de escolha dos Gestores e Adjuntos das Escolas Municipais com as atualizações recomendadas pelo Ministério da Educação.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/397/oficio119.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/397/oficio119.pdf</t>
   </si>
   <si>
     <t>Encaminho em caráter de urgência o projeto de Lei nº14/2022, que dispõe sobre as alterações dos artigos n° 40 e 53 e anexo IV da Lei Municipal nº 0649/2009 referente ao plano de cargos e carreiras dos professores do município de Machados-PE.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/405/oficio_37.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/405/oficio_37.pdf</t>
   </si>
   <si>
     <t>Envio das cópias das Guias de Recolhimento referente ao mês de julho 2022.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/406/oficio_26.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/406/oficio_26.pdf</t>
   </si>
   <si>
     <t>comprovante de repasse do duodécimo do mês de setembro de 2022</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/407/038.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/407/038.pdf</t>
   </si>
   <si>
     <t>Cópia das guias de recolhimento referente ao mês de agosto 2022</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/408/oficio_123.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/408/oficio_123.pdf</t>
   </si>
   <si>
     <t>o Relatório Resumido de Execução Orçamentária (RREO) referente ao 4º Bimestre de 2022 do Município de Machados-PE e a Declaração de Publicação no Mural da Prefeitura Municipal referente ao mesmo, em cumprimento a Lei de Responsabilidade Fiscal nº 101, de 2000.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/409/oficio_124.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/409/oficio_124.pdf</t>
   </si>
   <si>
     <t>o Relatório de Gestão Fiscal (RGF) referente ao 2º Quadrimestre de 2022 do Município de Machados-PE e a Declaração de Publicação no Mural da Prefeitura Municipal referente ao mesmo, em cumprimento a Lei de Responsabilidade Fiscal nº 101, de 2000.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/414/envio_de_projeto_de_lei.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/414/envio_de_projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o cordialmente, sirvo-me do presente para encaminhar o Projeto de Lei nº 015/2022 para discussão e votação em caráter de urgência.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/416/oficio_127.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/416/oficio_127.pdf</t>
   </si>
   <si>
     <t>Sirvo-me do presente para encaminhar a retificação do Oficio referente ao Projeto de Lei nº 017/2022 para discussão e votação em caráter de urgência.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/417/oficio_projeto_de_lei_18.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/417/oficio_projeto_de_lei_18.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o cordialmente, sirvo-me do presente para encaminhar o Projeto de Lei nº 018/2022 para discussão e votação em caráter de urgência.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/424/oficio_270001.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/424/oficio_270001.pdf</t>
   </si>
   <si>
     <t>Encaminho o comprovante de repasse do duodécimo do mês de outubro de 2022</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/425/oficio_139.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/425/oficio_139.pdf</t>
   </si>
   <si>
     <t>Encaminhar o PROJETO DE LEI Nº 19/2022 para discussão e votação</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/427/041_previdencias.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/427/041_previdencias.pdf</t>
   </si>
   <si>
     <t>As copias das guias de Recolhimento referente ao mês de setembro de 2022.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/428/oficio_151.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/428/oficio_151.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o cordialmente, sirvo-me do presente para encaminhar para apreciação dos senhores Vereadores o Projeto de Lei nº 20/2022, que trata da cessão do imóvel ao Estado, onde se situa a ERENSAG.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/429/oficio28.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/429/oficio28.pdf</t>
   </si>
   <si>
     <t>Encaminhar o comprovante de repasse do duodécimo do mês de novembro de 2022</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/431/oficio_45.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/431/oficio_45.pdf</t>
   </si>
   <si>
     <t>A CÓPIA DAS GUIAS DE RECOLHIMENTO REFERENTE AO MES DE OUTUBRO 2022</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/434/oficio_155_projeto_de_lei.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/434/oficio_155_projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>Envio do Projeto de Lei 17/2022, que dispõe sobre a criação e disciplina o funcionamento da Guarda Municipal de Machados e dá outras providências.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/436/oficio_158.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/436/oficio_158.pdf</t>
   </si>
   <si>
     <t>O Relatório Resumido de Execução Orçamentária (RREO) referente ao 5º Bimestre de 2022 do Município de Machados-PE e a Declaração de Publicação no Mural da Prefeitura Municipal referente ao mesmo, em cumprimento a Lei de Responsabilidade Fiscal nº 101, de 2000.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/437/oficio_156_camara.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/437/oficio_156_camara.pdf</t>
   </si>
   <si>
     <t>Venho através deste, encaminhar a Câmara Municipal de Machados, Casa Flávio Pessoa Guerra, o Projeto de Lei 21/2022, que dispõe sobre outorga para permissão de uso de bem imóvel e dá outras providências</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/443/oficio_29_finan.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/443/oficio_29_finan.pdf</t>
   </si>
   <si>
     <t>Encaminhar a Camara Municipal de Machados, Casa Flávio Pessoa Guerra, o comprovante de repasse do duodécimo do mês de dezembro de 2022</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/445/oficio_178_camara.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/445/oficio_178_camara.pdf</t>
   </si>
   <si>
     <t>Envio o Projeto de Lei 22/2022, que Altera a estrutura Administrativa do Município de Machados e dá outras providências</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>LOM</t>
   </si>
   <si>
     <t>Rascunho de Lei Ordinária Municipal</t>
   </si>
   <si>
-    <t>https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/453/lei_no_no_822_-2022_loa.pdf</t>
+    <t>http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/453/lei_no_no_822_-2022_loa.pdf</t>
   </si>
   <si>
     <t>Estima a receita e Fixa Despesas do Município de Machados para o exercício financeiro de 2023 (LOA 2023)</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>PDM</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária da Mesa Diretora</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para aquisição de uma área para estacionameto e garagem da Câmara e dá outras providências</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de elemento de despesa no orçamento da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>378</t>
   </si>
@@ -1730,68 +1730,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/324/projeto_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/325/projeto_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/326/projeto_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/327/projeto_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/331/projeto_de_lei_no_005-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/340/projeto_reajuste_do_pisso_pmm3.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/354/projeto_7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/355/projeto_lei_empreendedorismo_feminino.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/368/projeto_credito_pre_sal.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/385/projeto_de_leitransporte_escolar_machados.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/389/projeto_de_lei_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/399/projeto_de_lei_escolha_gestor_machadoss.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/398/projeto_lei_alteracao_artigos_cargos_e_carreiras.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/421/projeto_de_lei_plano_plurianual_ppa_2022_a_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/420/projeto_de_lei_orcamentaria_anual_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/415/projeto_de_lei_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/418/projeto_lei_defesa_civil_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/426/projeto_de_lei_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/430/projeto_de_lei_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/438/projeto_de_lei_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/444/projeto_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/361/projeto_de_decreto_01-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/374/projeto_de_decreto_02-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/440/projeto_de_decreto_3-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/441/projeto_de_decreto_4_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/442/projeto_de_decreto_5_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/329/relatorio_gestao_fiscal_-_rgf.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/330/rreo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/332/req_1_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/333/req_2_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/334/req_3_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/335/req_4_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/336/req_05_2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/344/req_6_2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/346/req_7_2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/345/req_8_2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/352/req_9_2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/359/requerimento_10-2022_ver._rosival_da_silva_santos.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/356/requerimento_11-2022_ver._gilberto_jorge_da_silva.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/362/requerimento_12-2022_ver._antonio_jose_da_silva.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/371/requerimento_13-2022_ver._gilberto_jorge_da_silva.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/370/requerimento_14-2022_ver._antonio_jose_da_silva.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/372/requerimento_15-2022_ver._silvio_borba_guerra_filho.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_16-2022_ver._rosival_da_silva_santos.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/367/requerimento_17-2022_ver._gilberto_jorge_da_silva.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/391/requerimento_18-2022_ver._antonio_jose_da_silva.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/393/requerimento_19-2022_ver._gilberto_jorge_da_silva.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/400/requerimento_20-2022_ver._luciano_jose_da_silva.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/401/requerimento_21-2022_ver._antonio_jose_da_silva.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/402/requerimento_22-2022_ver._rosival_da_silva_santos.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/411/requerimento_23-2022_ver._ailton_barbosa_de_andrade.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/412/requerimento_24-2022_ver._rosival_da_silva_santos.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/413/requerimento25-2022_ver._rosival_da_silva_santos.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/432/requerimento_26-2022_ver._silvio_borba_guerra_filho.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/433/requerimento_27-2022_ver._elisandra_da_silva_cunha.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/439/requerimento_28-2022_ver._elisandra_da_silva_cunha.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/337/plo_01_2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/348/plo_02_2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/422/plo_03_2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/423/plo_04_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/319/oficio_40_previdencia.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/320/oficio_previdencia0001.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/321/oficio_financas.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/322/oficio_previdencia.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/323/oficio_12.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/328/oficio_rgf.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/338/oficio_9.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/339/oficio_45_camara.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/341/oficio_3.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/342/oficio_4.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/343/10_previdencia.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/349/oficio_5.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/350/oficio_15.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/357/oficio_72_leis_camara.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/358/oficio_73_envio_de_lei.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/360/oficio_07.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/363/oficio_09.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/364/oficio_rgf_2.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/365/oficio_rreo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/366/oficio_10.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/369/oficio_82_gp_camara.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/375/guias_de_recolhimento.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/376/financas.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/377/financas_2.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/384/oficio_projeto_de_leitransporte_escolar_machados.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/386/previ.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/387/financaas.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/388/oficio_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/390/oficio_reo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/392/oficio35_prev.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/395/oficio_financas.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/396/oficio118.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/397/oficio119.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/405/oficio_37.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/406/oficio_26.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/407/038.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/408/oficio_123.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/409/oficio_124.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/414/envio_de_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/416/oficio_127.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/417/oficio_projeto_de_lei_18.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/424/oficio_270001.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/425/oficio_139.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/427/041_previdencias.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/428/oficio_151.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/429/oficio28.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/431/oficio_45.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/434/oficio_155_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/436/oficio_158.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/437/oficio_156_camara.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/443/oficio_29_finan.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/445/oficio_178_camara.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/453/lei_no_no_822_-2022_loa.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.machados.pe.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/324/projeto_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/325/projeto_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/326/projeto_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/327/projeto_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/331/projeto_de_lei_no_005-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/340/projeto_reajuste_do_pisso_pmm3.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/354/projeto_7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/355/projeto_lei_empreendedorismo_feminino.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/368/projeto_credito_pre_sal.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/385/projeto_de_leitransporte_escolar_machados.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/389/projeto_de_lei_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/399/projeto_de_lei_escolha_gestor_machadoss.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/398/projeto_lei_alteracao_artigos_cargos_e_carreiras.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/421/projeto_de_lei_plano_plurianual_ppa_2022_a_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/420/projeto_de_lei_orcamentaria_anual_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/415/projeto_de_lei_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/418/projeto_lei_defesa_civil_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/426/projeto_de_lei_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/430/projeto_de_lei_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/438/projeto_de_lei_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/444/projeto_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/361/projeto_de_decreto_01-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/374/projeto_de_decreto_02-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/440/projeto_de_decreto_3-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/441/projeto_de_decreto_4_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/442/projeto_de_decreto_5_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/329/relatorio_gestao_fiscal_-_rgf.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/330/rreo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/332/req_1_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/333/req_2_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/334/req_3_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/335/req_4_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/336/req_05_2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/344/req_6_2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/346/req_7_2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/345/req_8_2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/352/req_9_2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/359/requerimento_10-2022_ver._rosival_da_silva_santos.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/356/requerimento_11-2022_ver._gilberto_jorge_da_silva.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/362/requerimento_12-2022_ver._antonio_jose_da_silva.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/371/requerimento_13-2022_ver._gilberto_jorge_da_silva.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/370/requerimento_14-2022_ver._antonio_jose_da_silva.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/372/requerimento_15-2022_ver._silvio_borba_guerra_filho.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_16-2022_ver._rosival_da_silva_santos.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/367/requerimento_17-2022_ver._gilberto_jorge_da_silva.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/391/requerimento_18-2022_ver._antonio_jose_da_silva.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/393/requerimento_19-2022_ver._gilberto_jorge_da_silva.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/400/requerimento_20-2022_ver._luciano_jose_da_silva.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/401/requerimento_21-2022_ver._antonio_jose_da_silva.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/402/requerimento_22-2022_ver._rosival_da_silva_santos.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/411/requerimento_23-2022_ver._ailton_barbosa_de_andrade.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/412/requerimento_24-2022_ver._rosival_da_silva_santos.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/413/requerimento25-2022_ver._rosival_da_silva_santos.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/432/requerimento_26-2022_ver._silvio_borba_guerra_filho.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/433/requerimento_27-2022_ver._elisandra_da_silva_cunha.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/439/requerimento_28-2022_ver._elisandra_da_silva_cunha.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/337/plo_01_2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/348/plo_02_2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/422/plo_03_2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/423/plo_04_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/319/oficio_40_previdencia.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/320/oficio_previdencia0001.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/321/oficio_financas.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/322/oficio_previdencia.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/323/oficio_12.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/328/oficio_rgf.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/338/oficio_9.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/339/oficio_45_camara.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/341/oficio_3.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/342/oficio_4.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/343/10_previdencia.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/349/oficio_5.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/350/oficio_15.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/357/oficio_72_leis_camara.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/358/oficio_73_envio_de_lei.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/360/oficio_07.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/363/oficio_09.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/364/oficio_rgf_2.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/365/oficio_rreo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/366/oficio_10.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/369/oficio_82_gp_camara.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/375/guias_de_recolhimento.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/376/financas.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/377/financas_2.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/384/oficio_projeto_de_leitransporte_escolar_machados.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/386/previ.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/387/financaas.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/388/oficio_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/390/oficio_reo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/392/oficio35_prev.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/395/oficio_financas.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/396/oficio118.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/397/oficio119.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/405/oficio_37.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/406/oficio_26.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/407/038.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/408/oficio_123.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/409/oficio_124.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/414/envio_de_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/416/oficio_127.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/417/oficio_projeto_de_lei_18.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/424/oficio_270001.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/425/oficio_139.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/427/041_previdencias.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/428/oficio_151.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/429/oficio28.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/431/oficio_45.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/434/oficio_155_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/436/oficio_158.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/437/oficio_156_camara.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/443/oficio_29_finan.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/445/oficio_178_camara.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/sapl/public/materialegislativa/2022/453/lei_no_no_822_-2022_loa.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.machados.pe.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H125"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="126.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="125.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>